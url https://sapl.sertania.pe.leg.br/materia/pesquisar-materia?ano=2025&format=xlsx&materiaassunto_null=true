--- v0 (2026-01-23)
+++ v1 (2026-03-23)
@@ -10,3593 +10,3803 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2925" uniqueCount="1098">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3021" uniqueCount="1164">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>ALEXANDRE LAET</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_n_001_2025_proibe_no_ambito_do_municipio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_n_001_2025_proibe_no_ambito_do_municipio.pdf</t>
   </si>
   <si>
     <t>Proíbe, no âmbito do Município de Sertânia, a utilização, queima ou soltura de fogos de artifício que produzam barulho, e dá outras providências.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>LUIZ ABEL</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/24/projeto_de_lei_no_002_2025_sobre_a_padronizacao_das_cores_.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/24/projeto_de_lei_no_002_2025_sobre_a_padronizacao_das_cores_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a padronização das cores de imóveis públicos pertencentes e/ou mantidos pelo Município de Sertânia, fardamento escolar, plotagens da frota de veículos do Poder Executivo, locados e prestadores de serviços e dá outras providências.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>NILTINHO SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/23/projetodelein003.2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/23/projetodelein003.2025.pdf</t>
   </si>
   <si>
     <t>Denomina Rua Vivaldo Dantas de Oliveira, a Travessa Maria dos Anjos, que fica localizada paralelamente a Rua Maria dos Anjos, Bairro Centro, localizadas neste Município.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/</t>
+    <t>http://sapl.sertania.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre o piso salarial dos profissionais do magistério público da educação básica do Município de Sertânia/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>CICERO EDVANDRO DE MELO</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/22/projetodelein005-2025-legislativo.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/22/projetodelein005-2025-legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização da estrutura administrativa da Câmara Municipal de Vereadores de Sertânia-PE, extingue e cria cargos, fixa vencimentos básicos e dá outras providências.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PATRÍCIA DE JÚNIOR DO POSTO</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/21/projetodelein006-2025-legislativo.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/21/projetodelein006-2025-legislativo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA POLÍTICA MUNICIPAL DE PROTEÇÃO E APOIO ÀS MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>DAMIAO SILVA</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/20/projetodelein007.2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/20/projetodelein007.2025.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIA A APRESENTAÇÃO DA CARTEIRA DE VACINAÇÃO PARA A MATRÍCULA DE CRIANÇAS EM CRECHES E ESCOLAS MUNICIPAIS DE SERTÂNIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/19/projetodelein008.2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/19/projetodelein008.2025.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário de Eventos Oficiais do Município de Sertânia a Vaquejada do Parque Haras Cordeiro e Caldas, neste Município.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/18/projetodelein009.2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/18/projetodelein009.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DIA MUNICIPAL QUILOMBOLA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/29/p_l_010_2025_a_criacao_do_programa_cidadao_ativo.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/29/p_l_010_2025_a_criacao_do_programa_cidadao_ativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa "Cidadão Ativo” no Município de Sertânia - PE, e dá outras providências.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/28/p_l_no_011_2025_legislativo.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/28/p_l_no_011_2025_legislativo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE INCENTIVO EMPREENDEDORISMO AO FEMININO E CAPACITAÇÃO PROFISSIONAL NO MUNICÍPIO DE SERTÂNIA E DÁ OUTRAS PROVIÊNCIAS.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/27/pl_1_331_pl_012_2025_dia_dedicado_a_musica_gospel_na_exposicao.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/27/pl_1_331_pl_012_2025_dia_dedicado_a_musica_gospel_na_exposicao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de um dia dedicado à música gospel na programação oficial da Exposição de Sertânia, e dá outras providências.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>VANDO DO CAROA</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/26/pl_1_332_pl_013_2025_cria_o_projeto_camara_mirim.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/26/pl_1_332_pl_013_2025_cria_o_projeto_camara_mirim.pdf</t>
   </si>
   <si>
     <t>Cria o projeto "Câmara Mirim" no município de Sertânia-PE e estabelece normas para o seu funcionamento.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_n_014_2025_poder_legislativo.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_n_014_2025_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Sertânia o "Dia do Motociclista" e dá outras providências.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/353/projeto_lei_legisl_15.2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/353/projeto_lei_legisl_15.2025.pdf</t>
   </si>
   <si>
     <t>Declara a Quadrilha Junina como Patrimônio Cultural Imaterial do Município de Sertânia/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_substituivo_de_lei_municipal_n_016_2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_substituivo_de_lei_municipal_n_016_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o fornecimento de transporte coletivo gratuito aos estudantes inscritos no Exame Nacional do Ensino médio (ENEM) no Município de Sertânia - PE e dá outras providências.</t>
   </si>
   <si>
+    <t>372</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/372/projeto_de_lei_n_017_2025_institui_a_semana_municipaldajuventude.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Semana Municipal da Juventude no âmbito do Município de Sertânia e dá outras providências.</t>
+  </si>
+  <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_lei_leg_18.2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_lei_leg_18.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a vedação da nomeação para  cargos em comissão, funções de confiança, contratação temporária e outras formas de provimento, de pessoas condenadas por crimes previstos na Lei n° 11.340/2006 (Lei Maria da Penha) no âmbito da administração pública municipal de Sertânia/PE, e estabelece medidas adicionais de proteção às mulheres.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_leg._n_020_2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_leg._n_020_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o acesso de pessoas com Transtorno do Espectro Autista (TEA) a eventos culturais, de lazer e esportivos, garantindo a isenção as_x000D_
 pessoas com Transtorno do Espectro Autista - TEA e a meia entrada na compra de ingressos, para os seus acompanhantes, caso necessitem.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>MARINHO DO ÔNIBUS</t>
   </si>
   <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/308/projeto_de_lei_n_021_2025_criacao_do_programa_adote_uma_praca.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre a criação do Programa "Adote uma Praça" no âmbito do Município de Sertânia/PE, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/309/projeto_de_lei_n_022_2025_cadstro_municipal_de_doadores_voluntar.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre o Cadastro Municipal de Doadores Voluntários de Sangue e Medula Óssea no_x000D_
 âmbito do Município de Sertânia/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>310</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/310/projeto_de_lei_n_023_2025_obrigatoriedade_da_entregamedicamentos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade_x000D_
 da entrega de medicamentos pelos Agentes Comunitários de Saúde, nas áreas de sua cobertura,_x000D_
 e dá outras providências.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/311/projeto_de_lei_n_024_2025_criacao_municipal_cuidar_do_cuidador.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre a criação do Programa Municipal "Cuidar do Cuidador" no âmbito do_x000D_
 Município de Sertânia/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/312/projeto_de_lei_n_025_2025_carteira_de_identificacao_estudantil_.pdf</t>
+  </si>
+  <si>
     <t>Institui a carteira de Identificação Estudantil Municipal_x000D_
 CIEM, reconhece outras entidades emissoras e dá outras providências.</t>
   </si>
   <si>
     <t>314</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/314/projeto_de_lei_no_026_2025_altera_a_lei_no_1_811__de_24_de_outub.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.811,_x000D_
 de 24 de outubro de 2023, para permitir, em caráter excepcional, a doação de bens móveis_x000D_
 servíveis entre órgãos da Administração Pública Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>Câmara Municipal de Sertânia - CMS</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/318/projeto_lei_legis._27.2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/318/projeto_lei_legis._27.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implementação de tradução simultânea em Libras_x000D_
 - Língua Brasileira de Sinais nas Sessões Plenárias da Câmara Municipal de Sertânia e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/319/projeto_de_lei_028_2025_autoriza_a_criacao_da_rede_municipal_.pdf</t>
+  </si>
+  <si>
     <t>Autoriza a criação da Rede Municipal de institui o Comitê Intersetorial na Rede Cursinhos Populares PREPARE - Sertânia_x000D_
 Municipal de Cursinhos Populares e dá outras providências.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>JUNHÃO LINS</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/320/pl_029.2025_altera_a_lei_n_1_766.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.766, de 03 de maio de_x000D_
 2022, para dispor sobre o prazo de validade da Carteira de Identificação da Pessoa_x000D_
 com Transtorno do Espectro Autista (CIPTEA), e dá outras providências.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/301/projeto_lei_legis_30.2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/301/projeto_lei_legis_30.2025.pdf</t>
   </si>
   <si>
     <t>Concede prioridade no atendimento aos usuários_x000D_
 portadores de diabetes nos casos de realização de exames médicos em jejum total.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>ANDRÉ CHAVES GIJIO</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/355/projeto_lei_legislativo_31.2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/355/projeto_lei_legislativo_31.2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Apoio ao Vaqueiro Sertaniense no âmbito do Município de Sertânia - PE e dá outras providências.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/356/projeto_lei_legislativo_32.2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/356/projeto_lei_legislativo_32.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prevenção e o Controle da poluição sonora no_x000D_
 Município de Sertânia -PE e dá outras providências.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/366/projeto_de_lei_legisl_33.2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/366/projeto_de_lei_legisl_33.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA "FARMÁCIA_x000D_
 SOLIDÁRIA MUNICIPAL" NO ÂMBITO_x000D_
 DO MUNICÍPIO DE SERTÂNIA E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>373</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/373/projeto_de_lei__n_034_2025-_legislativo_obrigatoriedade_de_reserva.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A OBRIGATORIEDADE DE RESERVA DE VAGA PARA MULHERES NA FUNÇÃO DE VIGILANTE PATRIMONIAL, NAS CONTRATAÇÕES PÚBLICAS E PRIVADAS DE SERVIÇO DE SEGURANÇA, NO ÂMBITO DO MUNICÍPIO DE SERTÂNIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>374</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/374/pl_n_035_2025-_legislativo_domingo_de_lazer.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O DOMINGO DE LAZER NO ÂMBITO DO MUNICÍPIO DE SERTÂNIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>341</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/341/projeto_lei_legis_36.2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/341/projeto_lei_legis_36.2025.pdf</t>
   </si>
   <si>
     <t>DENOMINA O CEMITÉRIO PÚBLICO MUNICIPAL DO DISTRITO DE ALBUQUERQUE NÉ, DE CEMITÉRIO PÚBLICO MUNICIPAL DAS BARAUNAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>376</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/376/projeto_de_lei_n_037_2025_legislativo_inclusao_de_disciplinas.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a inclusão das disciplinas de Filosofia e Sociologia como componentes curriculares obrigatórios no ensino fundamental 2, anos finais, 6º ao 9º ano da rede pública municipal de Sertânia e estabelece critérios.</t>
+  </si>
+  <si>
     <t>359</t>
   </si>
   <si>
     <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/359/projeto_de_lei_n_038_2025_legislativo_catastracao_vacinacao_iden.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir o Programa Municipal de Castração, Vacinação,_x000D_
 Identificação e Uso de Coleira Refletiva para cães e gatos, e dá outras providências.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Altera a Lei Orgânica do Município de Sertânia, para incluir dispositivo que dispõe sobre execução obrigatória das Emendas Parlamentares ao Orçamento Municipal e dá providências.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE INCENTIVO GASTRONÔMICO SABOR DO SERTÃO, DESTINADO A PROMOVER O USO DA CARNE CAPRINA E OVINA NOS ESTABELECIMENTOS ALIMENTÍCIOS DO MUNICIPIO DE SERTÂNIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DO BODE E DA CARNE OVINA A SER RELIZADO ANUALMENTE DURANTE A SEMANA DA EXPOCOSE NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/331/projeto_de_lei_n_042_2025_prestacao_de_servicos_de_psicologia.pdf</t>
+  </si>
+  <si>
     <t>REGULAMENTA NO ÂMBITO DO MUNICÍPIO DE SERTÂNIA A LEI FEDERAL 13.935 DE 11 DE DEZEMBRO DE 2019, QUE DISPÕE SOBRE A PRESTAÇÃO DE SERVIÇO DE PSICÓLOGO E DE SERVIÇO SOCIAL NAS REDES PÚBLICAS DE EDUCAÇÃO BÁSICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>44</t>
+    <t>43</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGOS E DANDO NOVA REDAÇÃO AOS ANEXOS 1, 2 E 3 NA LEI 1.874/2025, REORGANIZAÇÃO DA ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE VEREADORES DE SERTÂNIA, EXTINGUE E CRIA CARGOS, FIXA VENCIMENTOS BÁSICOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ATUALIZAÇÃO DE VALORES DOS ANEXOS DA LEI 1.764 DE 2022, QUE FIXA OS VALORES À CONCESSÃO DE DIÁRIAS E AJUDA DE CUSTO AOS VEREADORES E AOS SERVIDORES DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Sertânia - PMS</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_de_lei_no_01_de_23_de_jameiro_de_2025-27-02-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_de_lei_no_01_de_23_de_jameiro_de_2025-27-02-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do valor do salário-mínimo do Município de Sertânia, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_substitutivo_ao_no_02-2025-30-03-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_substitutivo_ao_no_02-2025-30-03-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS ATOS DE ORDENAÇÃO DE DESPESA E DESIGNA OS ORDENADORES DE DESPESAS, SUAS ATRIBUIÇÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_no_03_de_23_de_janeiro_de_2025-31-03-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_no_03_de_23_de_janeiro_de_2025-31-03-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.511, DE 7 JULHO DE 2014, QUE MODIFICA E CONSOLIDA A ESTRUTURA ADMINISTRATIVA DO PODER EXECUTIVO MUNICIPAL DE SERTÂNIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/4/projetodelein004-2025-executivo-18-04-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/4/projetodelein004-2025-executivo-18-04-2025.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE O PISO SALARIAL DOS PROFISSIONAIS DO MAGISTERIO PÚBLICO DA EDUCAÇÃO BÁSICA DO MUNICÍPIO DE SERTÂNIA/PE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/5/projetodelein005-2025-executivo-30-04-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/5/projetodelein005-2025-executivo-30-04-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1873, DE 31 DE JANEIRO DE 2025 QUE MODIFICOU A LEI Nº 1511, DE 7 DE JULHO DE 2014, QUE CONSOLIDA A ESTRUTURA ADMINISTRATIVA DO PODER EXECUTIVO MUNICIPAL DE SERTÂNIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/6/projetodelein006-2025-executivo-30-04-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/6/projetodelein006-2025-executivo-30-04-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1872, DE 31 DE JANEIRO DE 2025 QUE DISPOE SOBRE OS ATOS DE ORDENAÇÃO DE DESPESA E DESIGNA OS ORDENADORES DE DESPESAS, SUAS ATRIBUIÇÕES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/7/p_l_1_338_pl_007_2025_poder_executivo-14-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/7/p_l_1_338_pl_007_2025_poder_executivo-14-07-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regime jurídico dos bens públicos no município de Sertânia.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_lei_n_008_2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_lei_n_008_2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal (REFIS) no Município de Sertânia, estabelece normas gerais para sua implementação e dispõe sobre a obrigatoriedade de estudo de impacto orçamentário-financeiro para sua efetivação.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/9/p_l_1_339_pl_009_2025_poder_executivo-14-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/9/p_l_1_339_pl_009_2025_poder_executivo-14-07-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.780/2022, que institui o Conselho Municipal dos Direitos do Idoso e o Fundo Municipal dos Direitos do Idoso, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/10/p_l_1_340_pl_010_2025_poder_executivo-14-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/10/p_l_1_340_pl_010_2025_poder_executivo-14-07-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do vencimento básico do cargo público efetivo de motorista e da remuneração da função de motorista, vinculada a contratação temporária por excepcional interesse público, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_executivo_11.2025-15-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_executivo_11.2025-15-07-2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta o Abatedouro Público Municipal, a concessão de bem e serviço público, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_12.2025-14-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_12.2025-14-07-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.511, de 7 de julho de 2014, que modifica e consolida a estrutura administrativa do Poder Executivo Municipal de Sertânia, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/13/pasta_do_pl_1_344_pl_013_2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/13/pasta_do_pl_1_344_pl_013_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a qualificação de Organizações Sociais e a realização de chamamentos públicos para celebração de contratos de gestão no âmbito deste Município, e dá outras providências.</t>
   </si>
   <si>
     <t>Estabelece as Diretrizes Orçamentárias para o exercício de 2026 e dá outras providências - LDO</t>
   </si>
   <si>
-    <t>17</t>
-[...2 lines deleted...]
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_lei_executivo_15.2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_lei_executivo_15.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização dos recursos extraordinários decorrentes do precatório judicial do FUNDEF e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/15/projeto_lei_executivo_16.2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/15/projeto_lei_executivo_16.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre o Serviço de Inspeção Sanitária e Industrial de Produtos de Origem Animal no Município De Sertânia - PE, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_lei_executivo_17.2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_lei_executivo_17.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Igualdade Racial – CMIR, define suas finalidades e atribuições, e dá outras providências.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/303/loa_sertania_2026_2.pdf</t>
+  </si>
+  <si>
     <t>Estima a RECEITA e fixa a DESPESA do municipio para o exercício de 2026.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/304/pl_19.2025_ppa_2026.pdf</t>
+  </si>
+  <si>
     <t>Institui o Plano Plurianual para o período de 2026 a 2029 e dá outras providências.</t>
   </si>
   <si>
-    <t>305</t>
-[...3 lines deleted...]
-cálculos do Imposto Sobre Serviços de Qualquer Natureza e dá outras providências.</t>
+    <t>369</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_de_lei_executivo_21.2025.pdf</t>
+  </si>
+  <si>
+    <t>A Lei nº 1.565, de 2016, passa a vigorar_x000D_
+acrescida de novos artigos no Título V, Capítulo_x000D_
+II, que dispõem sobre a constituição,_x000D_
+competências, funcionamento e remuneração_x000D_
+dos membros do Conselho Deliberativo e do_x000D_
+Conselho Fiscal do Instituto de Previdência_x000D_
+Social do Município de Sertânia (IPSESE), e dá_x000D_
+outras providências.</t>
+  </si>
+  <si>
+    <t>368</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/368/projeto_de_lei_execu._no_022_2025_bolsa_cidadania.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Renda Mínima_x000D_
+denominado "BOLSA CIDADANIA E_x000D_
+COMUNIDADE SERTANIENSE (BCCS)", no_x000D_
+âmbito do Município de Sertânia/PE, revoga a_x000D_
+Lei Municipal nº 1.159, de 12 de dezembro de_x000D_
+2001, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>370</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/370/pl_executivo_n_024-2025_cessao_de_uso_de_bem.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a cessão de uso de bem público do Município de Sertânia/PE em favor do Conselho Tutelar deste ente federado, e dá_x000D_
+outras providências.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/329/projeto_lei_exec_25.2025.pdf</t>
-[...2 lines deleted...]
-    <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1.225 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/329/projeto_lei_exec_25.2025.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1.225/03 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/363/pl_exec_no_026_2025_altera_a_lei.pdf</t>
+  </si>
+  <si>
     <t>Altera o anexo XVI, item 3, alíneas a, b, c da Lei nº 1.525/03 e dá outras providências.</t>
   </si>
   <si>
     <t>364</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_lei_executivo_27.2025.pdf</t>
   </si>
   <si>
     <t>Institui o "Programa Municipal de Estágio Remunerado", no âmbito da Administração Pública Direta_x000D_
 e Indireta do Município de Sertânia/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/357/projeto_de_lei_executivo_28.2025.pdf</t>
+  </si>
+  <si>
     <t>Institui a Procuradoria Municipal de Sertânia e dá outras providências.</t>
   </si>
   <si>
     <t>365</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/365/proj._lei_executivo_29.2025.pdf</t>
   </si>
   <si>
     <t>Estabelece as Diretrizes Curriculares Municipais para a Educação Escolar Quilombola na Educação Básica em Sertânia- PE, na forma desta_x000D_
 Lei e dá outras providências.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/332/projeto_exec._30.2025.pdf</t>
+  </si>
+  <si>
     <t>INSTITUI O PLANO DE AMORTIZAÇÃO PARA EQUACIONAMENTO DO DÉFICIT ATUARIAL DO REGIMENTO PRÓPRIO DE PREVIDÊNCIA SOCIAL COM CONTRIBUIÇÕES SUPLEMENTARES DEVIDAS PELO MUNICÍPIO DE SERTÂNIA NA FORMA DE ALÍQUOTAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/330/proj._lei_exec._31.2025.pdf</t>
+  </si>
+  <si>
     <t>RESERVA AS PESSOAS PRETAS E PARDAS, INDÍGENAS E QUILOMBOLAS O PERCENTUAL DE 30% DAS VAGAS OFERECIDAS NOS CONCURSOS PÚBLICOS PARA PROVIMENTO DE CARGOS EFETIVOS E EMPREGOS PÚBLICOS NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>DISPÕE ACERCA DO INCENTIVO FINANCEIRO VARIÁVEL PARA DESEMPENHO IFA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>34</t>
+    <t>384</t>
+  </si>
+  <si>
+    <t>Autoriza o Município de Sertânia/PE a disponibilizar recursos financeiros em favor da ASSOCIAÇÃO DESPORTIVA LARANJEIRA, CNPJ N° 50.689.581/0001-99, com a finalidade de fomentar a prática esportiva, e dá outras providências,</t>
+  </si>
+  <si>
+    <t>305</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/305/processo_legislativo_n_1_370__plc_n_020_2025__.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da legislação tributária municipal para disciplinar a dedução de materiais da base de cálculo do Imposto Sobre Serviços de Qualquer Natureza (ISSQN), e dá outras providências</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/34/resolucaoon0012025-22-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/34/projeto_de_resolucao_01.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da nova logomarca e brasão oficial da Câmara Municipal de Sertânia e dá outras providências.</t>
   </si>
   <si>
+    <t>313</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/313/projeto_de_resolucao_n_002_2025-escola_do_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação da Escola do Legislativo_x000D_
+no âmbito da Câmara Municipal de Sertânia -PE e dá outras providências,</t>
+  </si>
+  <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/315/resolucao_02-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/315/projeto_resolucao_03.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre princípios, regras e instrumentos para o Governo Digital_x000D_
 e para o aumento da eficiência pública no âmbito do Poder Legislativo de Sertânia, e_x000D_
 regulamenta a Lei Federal nº 14.129, de 29 de março de 202.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/302/resolucao_03-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/302/projeto_de_resolucao_04-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação_x000D_
 da Procuradoria da Mulher no âmbito da Câmara Municipal de Sertânia/PE e dá outras_x000D_
 providências.</t>
   </si>
   <si>
-    <t>313</t>
-[...5 lines deleted...]
-  <si>
     <t>316</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/316/projeto_de_decreto_legislativo_n_001_2025_titulo_de_cidadaniedja.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Título de_x000D_
 Cidadă Honorária de Sertânia, a Senhora Niedja Paula Silva Veras de Albuquerque_x000D_
 e dá outras providências.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/317/projeto_de_decreto_legislativo_n_002_2025_titulodecidadao_moacyr.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre a concessão do Título de_x000D_
 Cidadão Honorário de Sertânia ao Professor Moacyr Cunha de Araújo Filho e dá_x000D_
 outras providências</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>RIELSON DE ALGODÕES</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/323/projeto_de_decreto_03.2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/323/projeto_de_decreto_03.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Título de Cidadã Honorária de_x000D_
 Sertânia, à Senhora Adriana Neves do Nascimento, e dá outras providências.</t>
   </si>
   <si>
     <t>324</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/324/projeto_de_decreto_04.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do_x000D_
 Título de Cidadão Honorário de Sertânia, ao Senhor José Adelino de Sousa, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
+    <t>375</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/375/projeto_de_decreto_n_005-2025_titulo_de_cidadao_nelson.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão do Título de Cidadã Honorário de Sertânia, ao Senhor Nelson José dos Santos, e dá outras providências.</t>
+  </si>
+  <si>
     <t>337</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/337/projeto_de_decreto_06.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Título de Cidadã Honorário de_x000D_
 Sertânia, ao Senhor José Bezerra de Albuquerque, e dá outras providências.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/338/projeto_de_decreto_no_007.2025.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre a concessão do Título de Cidadã Honorária de_x000D_
 Sertânia, à Senhora Rita Leite Barros, e dá outras providências.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/82/requerimento_n_001_2025_-03-04-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/82/requerimento_n_001_2025_-03-04-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ALTERAÇÃO DA LEI Nº 1.664/2019, DENOMINANDO A GUARDA CIVIL MUNICIPAL PARA POLICIA CIVIL MUNICIPAL</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/83/requerimenton0022025-03-04-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/83/requerimenton0022025-03-04-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CRIAÇÃO DE UM PROGRAMA MUNICIPAL DE DOAÇÃO DE PEIXES NA SEMANA SANTA, DESTINADO AS FAMILIAS EM SITUAÇÃO DE VULNERABILIDADE</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/84/requerimento_003_2025_vereador_alexandre_laet_.pdf</t>
+  </si>
+  <si>
     <t>REQUER O ENVIO DO TERMO DE CONSTATAÇÃO E DO AUTO DA INFRAÇÃO LAVRADOS PELO CONSELHO REGIONAL DE MEDICINA VETERINÁRIA, DURANTE A FISCALIZAÇÃO REALIZADA NO CANIL MUNICIPAL.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/85/requerimento_n_004_2025_alexandre_laet-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/85/requerimento_n_004_2025_alexandre_laet-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações sobre aquisição e distribuição medicamentos</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>FIAPO</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/86/requerimento_n_005_2025_antonio_henrique_-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/86/requerimento_n_005_2025_antonio_henrique_-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado ofício à Senhora Prefeita do Município, Sra. Pollyana Abreu, requerendo as seguintes informações e documentos.</t>
   </si>
   <si>
+    <t>371</t>
+  </si>
+  <si>
+    <t>Requer que seja enviado oficio à Secretaria de Administração do Município de Sertânia, em nome desta Casa, para serem esclarecidos os vencimentos acima do teto estabelecido pela Lei n 1.801/2023, recebidos por Secretários Municipais.</t>
+  </si>
+  <si>
     <t>306</t>
   </si>
   <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/306/requerimento_no_007-2025_vereador_enilton_sousa.pdf</t>
+  </si>
+  <si>
     <t>Requer a Chefe do Poder Executivo Municipal informações sobre a aquisição e uso de medicamentos pelo Município Sertânia-PE.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/307/requerimento_no_008-2025_vereador_enilton_sousa.pdf</t>
+  </si>
+  <si>
     <t>Solicita a cópia integral dos processos licitatórios do Avistão Autosserviços Ltda.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/36/indicacaon012025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/36/indicacaon012025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr Adalto Junior, no sentido que seja construída uma passagem molhada sobre o Rio de João Eudes.</t>
   </si>
   <si>
-    <t>37</t>
-[...2 lines deleted...]
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/37/indicacaon022025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/37/indicacaon022025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr Adalto Junior, no sentido que seja construída uma passagem molhada sobre o Rio de Dema que desagua no corredor de Men de Zé Du.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/38/indicacaon032025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/38/indicacaon032025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Munícipio Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr Adalto Junior, no sentido que seja construído uma passagem molhada entre o Sítio Mulungu ao Sítio Maniçoba.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/39/indicacaon042025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/39/indicacaon042025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr. Adalto Junior, no sentido que seja construído um mata-burro na via de acesso do Sítio Caroá sentindo PE-265.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/40/indicacaon052025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/40/indicacaon052025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr Adalto Junior, no sentido que seja construída uma passagem molhada na região do Caroá de Baixo, em Lia Nova.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/41/indicacaon062025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/41/indicacaon062025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa de Abreu, ao Secretário de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr Adalto Junior, no sentido que seja construído uma passagem molhada na estrada que liga a Central do Riacho do Caroá ao Brabo, na altura do Campo de Futebol do Riacho.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/42/indicacaon072025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/42/indicacaon072025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Munícipio Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr Adalto Junior, no sentido que seja construído uma passagem molhada na altura da casa de José de Lôra.</t>
   </si>
   <si>
-    <t>43</t>
-[...2 lines deleted...]
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/43/indicacaon082025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/43/indicacaon082025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr Adalto Junior, no sentido que seja construída uma passagem molhada na estrada que liga João Dodo ao Luiz.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/44/indicacaon092025.pdf</t>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/44/indicacaon092025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício à Sra. Prefeita do Município Pollyanna Barbosa de Abreu, o Secretário de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr Adalto Junior, no sentido que seja construído uma passagem molhada na estrada que liga o Riacho do Caroá, na altura de "Chico de Eduardo" ao "Finado Mano".</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/46/indicacaon0102025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/46/indicacaon0102025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa de Abreu, ao Sr. Secretário de Infraestrutura, Adauto Júnior, ao Sr. Secretário de Segurança e Mobilidade Urbana, Celestino Barros, solicitando ESTUDOS TÉCNICO E ORÇAMENTÁRIO PARA A IMPLANTAÇÃO DE CICLOVIAS NAS AVENIDAS AGAMENON MAGALHÃES E JOAQUIM NABUCO (REAPRESENTAÇÃO DA INDICAÇÃO 239/2021).</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/47/indicacaon0112025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/47/indicacaon0112025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais, que seja enviado ofício à Sra. Prefeita do Município, Pollyanna Barbosa de Abreu, e ao Sr. Secretário de Infraestrutura, Adauto Júnior, solicitando estudos técnico e orçamentário para a construção do restante do calçamento e a instalação de iluminação pública na travessa entre as Ruas Edson Leite e Rua Quatro, ambas na Vila da Cohab, por trás do Centro Social._x000D_
 (Reapresentação da Indicação 043/2021).</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/48/indicacaon0122025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/48/indicacaon0122025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais, que seja enviado ofício à Sra. Prefeita do Município Pollyanna Barbosa de Abreu e ao Sr. Secretário de Infraestrutura, Adauto Júnior, solicitando a implantação de bicicletários nas principais praças e escolas de Sertânia._x000D_
 (Reapresentação da Indicação 220/2021).</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/49/indicacaon0132025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/49/indicacaon0132025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais, que seja enviado ofício à Sra. Prefeita do Município Pollyanna Barbosa de Abreu e ao Sr. Secretário de Infraestrutura, Adauto Júnior, solicitando estudos técnico e orçamentário com o objetivo de construir uma praça de alimentação, juntamente com a construção de um pequeno palco de apresentações na área inferior (mais estreita) da Praça de Eventos Olavo Siqueira._x000D_
 (Reapresentação da Indicação 238/2021).</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/50/indicacaon0142025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/50/indicacaon0142025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais, que seja enviado ofício à Sra. Prefeita do Município Pollyanna Barbosa de Abreu e à Sra. Secretária de Saúde, Luana Cordeiro, solicitando um transporte para os pacientes que moram em Várzea Velha e Caroalina, com o objetivo de transportá-los até o ponto de embarque do ônibus TFD em Cruzeiro do Nordeste ou na sede da cidade, assim como for melhor para estes._x000D_
 (Reapresentação da Indicação 213/2021).</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/51/indicacaon0152025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/51/indicacaon0152025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais, que seja enviado ofício à Sra. Prefeita do Município Pollyanna Barbosa de Abreu e à Sra. Secretária de Educação, Marta Cristina, solicitando o oferecimento de alimentação para os estudantes que moram na Casa do Estudante de Sertânia.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/52/indicacaon0162025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/52/indicacaon0162025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado a Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu, no sentido de que seja viabilizada a construção de uma ponte localizada no cruzamento das ruas Ulisses Lins de Albuquerque, Seis de Outubro e José Laet Cavalcante, nesse Município.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/53/indicacaon0172025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/53/indicacaon0172025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado a Excelentíssima Senhora Prefeita do Município_x000D_
 de Sertânia, Pollyanna Barbosa de Abreu, no sentido de que seja realizado a construção de um mata burro, na estrada que da acesso ao Sitio Maniçoba, localizado na Fazenda de Jorge de Nezinho, nesse Município.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/54/indicacaon0182025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/54/indicacaon0182025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo a Excelentíssima Governadora do Estado de Pernambuco, Dra. Raquel Teixeira Lyra Lucena, e à Secretária de Cultura de Pernambuco, a Sra Cacau de Paula, com cópia para a Diretora Presidente da FUNDARPE, a Srª Renata Duarte Borba, e ao Presidente da EMPETUR o Sr. Eduardo José Carneiro da Cunha Loyo, no sentido de que Sertânia seja incluída no mapa de cidades do circuito carnavalesco de Pernambuco.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/55/indicacaon0192025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/55/indicacaon0192025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo a Excelentíssima Governadora do Estado de Pernambuco, Dra. Raquel Teixeira Lyra Lucena e ao Secretário de Mobilidade e Infraestrutura do Estado de Pernambuco, o Sr. Diogo Bezerra, no sentido de que sejam feitas pavimentações asfálticas no município de Sertânia, nas ruas abaixo especificadas._x000D_
 · Rua Seis de Outubro_x000D_
 · Rua Antônio Ramos_x000D_
 · Rua Frei Caneca_x000D_
 · Rua 13 de Maio_x000D_
 · Rua Monte Castelo_x000D_
 · Rua Catarina dos Santos_x000D_
 · Rua Capitão Carlos José de Sá_x000D_
 · Rua José Oscar_x000D_
 · Rua Professor Elói Ramos_x000D_
 · Rua Absalão Cordeiro_x000D_
 · Rua Professor João Pereira Vale_x000D_
 · Rua Padre Atanásio_x000D_
 · Rua Quintino Bocaiuva_x000D_
 · Rua Isídio Pereira_x000D_
 · Rua José de Alencar_x000D_
 · Rua da Estação_x000D_
 · Travessa Francisco Avelino Freire_x000D_
 · Travessa Antônio Carneiro</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/56/indicacaon0202025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/56/indicacaon0202025.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais desta Casa Legislativa, apresento a presente Indicação á Excelentíssima Sra. Prefeita Municipal Pollyana Barbosa De Abreu, com cópia ao Secretário de Infraestrutura Sr. Adalto Júnior, para que seja providenciado o calçamento em ponto estratégico próximo ao Centro Social Urbano, que liga os bairros Vila da Cohab e Alto do Céu.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/57/indicacaon0212025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/57/indicacaon0212025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício a Sra. Prefeita do Município Pollyana Barbosa Abreu e ao Sr. Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais Adalto Junior no sentido de que seja construído o calçamento da Rua Paulo Amaral, no Bairro Nova Sertânia, por trás da Quadra da Escola Olavo Bilac.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/58/indicacaon0222025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/58/indicacaon0222025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa Abreu e ao Sr. Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais Adalto Junior no sentido de que seja construído o calçamento da Rua José Bezerra da Silva, bairro Vila da Caixa.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/59/indicacaon0232025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/59/indicacaon0232025.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais desta Casa Legislativa, apresento a presente Indicação à Excelentíssima Sra. Prefeita Municipal Pollyanna Barbosa de Abreu, com cópia ao Secretário de Infraestrutura, e ao Secretário de Meio Ambiente, para que seja providenciada a instalação de um papa-lixo em ponto estratégico no Povoado de Umburanas.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/60/indicacaon0242025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/60/indicacaon0242025.pdf</t>
   </si>
   <si>
     <t>Venho, por meio desta indicação, solicitar ao Poder Executivo Municipal a construção de um portal temático na entrada da cidade, que ressalte Sertânia como a "Capital da Caprinocultura". O referido portal deve conter elementos que remetam à cultura agropecuária, símbolos tradicionais da região e um espaço para saudações aos visitantes.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/61/indicacaon0252025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/61/indicacaon0252025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa Abreu, ao Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais Adalto Junior, ao Secretário de Agricultura e Agroecologia Antônio Almeida, e ao Presidente da Associação dos Moradores do sítio Bonome, no sentido de que seja feita a reconstrução da passagem molhada do Sítio Barra Velha.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/62/indicacaon0262025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/62/indicacaon0262025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício a Sra. Prefeita do Município Pollyana Barbosa Abreu, ao Sr. Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais Adalto Junior, ao Sr. Secretário de Agricultura e Agroecologia Antônio Almeida e, ao Presidente da Associação dos Moradores do Sítio Caldeirão, no sentido de que seja construída uma passagem molhada no Sítio Caldeirão de Baixo, próximo a residência de Maria de Soares. Solicito, ainda, agilidade e rapidez para a construção, uma vez que trata-se de uma reivindicação antiga dos moradores daquela região.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/63/indicacaon0272025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/63/indicacaon0272025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja enviado oficio à Senhora Pollyanna Barbosa Abreu, solicitando a realização do calçamento de uma via pública localizada no bairro Alto do Rio Branco. A referida rua, ainda sem denominação oficial, tem seu início atrás do Posto de Saúde do bairro e se estende até as costas do ferro-velho de João Coca-Cola.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/64/indicacaon0282025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/64/indicacaon0282025.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve vem, nos termos regimentais, apresentar esta indicação para que seja enviado ofício à Sra. Pollyanna Barbosa Abreu, solicitando providências para a construção de uma passagem molhada no Sítio Várzea Limpa. A obra é essencial para atender às necessidades da população local, especialmente nas imediações do campinho de futebol, beneficiando diretamente diversas famílias, incluindo as famílias Venâncio, Inácio Porfírio e Paulo Brito.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/65/indicacaon0292025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/65/indicacaon0292025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Sra. Pollyanna Barbosa Abreu, solicitando a construção de uma passagem molhada entre o Sítio Amarra Canela e o Sítio São Bento.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/66/indicacaon0302025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/66/indicacaon0302025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário, na forma regimental, que seja encaminhado expediente à Excelentíssima Prefeita Sra. Pollyana Barbosa Abreu, solicitando à Prefeitura de Sertânia, por meio da Secretaria de Segurança e Mobilidade Urbana, a implantação e/ou adequação da sinalização de trânsito vertical e horizontal nas proximidades das unidades escolares e creches, públicas e privadas, da zona urbana do município.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/67/indicacaon0312025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/67/indicacaon0312025.pdf</t>
   </si>
   <si>
     <t>A Vereadora Patrícia de Júnior do Posto, no uso de suas atribuições legais e regimentais, vem respeitosamente apresentar a seguinte INDICAÇÃO, sugerindo ao Poder Executivo Municipal, por meio das Secretarias competentes, a realização de uma programação especial em homenagem ao Dia Internacional da Mulher, celebrado no dia 08 de março, com serviços gratuitos, capacitações e eventos culturais voltados ao público feminino.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/68/indicacaon0322025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/68/indicacaon0322025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a instalação de quebra-molas na Rua Elízio Cordeiro, que liga a Avenida Presidente Vargas à Rua Treze de Maio, onde fica situada a Via Park.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/69/indicacaon0332025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/69/indicacaon0332025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa de Abreu e ao Sr. Secretário de Segurança Pública e Mobilidade Urbana Celestino Barros, no sentido de que sejam instalados redutores de velocidade na Rua 13 de Maio, popularmente conhecida como Rua da Palma.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/70/indicacaon0342025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/70/indicacaon0342025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais, que seja enviado ofício à Sra. Prefeita do Município Pollyanna Barbosa de Abreu e ao Sr. Secretário de Infraestrutura, Projetos Especiais e Serviços Públicos, Adalto Junior, no sentido de que seja realizada a requalificação da passagem molhada do Sítio Favela, no Povoado de Caroalina.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/71/indicacaon0352025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/71/indicacaon0352025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Senhora Pollyanna Barbosa Abreu, solicitando a complementação do calçamento da Travessa Albuquerque, localizada na Rua do Juá._x000D_
 _x000D_
 A referida via já possui 50% de sua extensão pavimentada, restando a conclusão dos serviços para garantir melhores condições de mobilidade aos moradores. A Travessa Albuquerque está situada descendo a ladeira da Compesa, por trás da piscina, seguindo em direção ao bairro Alto do Rio Branco.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/72/indicacaon0362025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/72/indicacaon0362025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa Abreu e ao Sr. Secretário de infraestrutura, Projetos Especiais e Serviços Públicos Adalto Junior, no sentido de que seja realizada a pavimentação da Rua Leonardo Mariano, no Distrito de Albuquerque Né.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/73/indicacaon0372025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/73/indicacaon0372025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa Abreu e ao Sr. Secretário de Infraestrutura, Projetos Especiais e Serviços Públicos Adalto Junior, no sentido de que seja realizada a pavimentação asfáltica da Rua 13 de maio, no setor que compreende a saída da Avenida Joaquim Nabuco até as imediações do Posto Pinheirão.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/74/indicacaon0382025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/74/indicacaon0382025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa Abreu e ao Sr. Secretário de Infraestrutura, Projetos Especiais e Serviços Públicos Adalto Jnuior, no sentido de que seja realizada a pavimentação asfáltica da Rua 13 de Maio, no setor que compreende a saída da Avenida Joaquim Nabuco até as imediações do Sindicato dos Trabalhadores Rurais de   Sertânia-PE.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/75/indicacaon0392025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/75/indicacaon0392025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa Abreu e ao Sr. Secretário de Segurança Pública e Mobilidade Urbana Celestino Barros, no sentido de que sejam criadas vagas de estacionamento reservadas aos deficientes físicos e aos idosos, próximas aos órgãos públicos, bancos e escolas.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/76/indicacaon0402025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/76/indicacaon0402025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado oficio a Sra. Prefeita do Município Pollyanna Barbosa Abreu e a Sra. Secretária de Saúde Luana Cordeiro, no sentido de que sejam contratados médicos Ginecologista, Pediatra e Ortopedista, tendo em vista o déficit atual nestas três áreas médicas e a procura, por parte da população, por tais profissionais.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/77/indicacaon0412025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/77/indicacaon0412025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário, na forma regimental, que seja encaminhado expediente ao Ilmo. Sr. Diretor-Presidente do Departamento de Estradas de Rodagem (DER), Rivaldo Rodrigues de Melo Filho, e ao responsável pelo DER – 5º Distrito, Eng. Endson Rocha, solicitando a implantação de sinalização vertical e horizontal no Contorno Rodoviário Governador Eduardo Campos, especificamente nas áreas onde há entradas e saídas que dão acesso às comunidades urbanas e rurais do município, bem como a limpeza da área de mato do acesso da rodovia ao Bairro Alto do Céu, onde ocorreu o trágico acidente com vítima fatal na data de 13.02.2025.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/78/indicacaon0422025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/78/indicacaon0422025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo à Excelentíssima Senhora Prefeita do Município, Sra. Pollyanna Barbosa de Abreu e ao Secretário de infraestrutura e Projetos Especiais, Sr. Adauto Soares Júnior, no sentido de realizar o patrolamento da estrada vicinal que liga o Sítio Laje da Onça, entrada no km 06 da PE - 280, até o canal da transposição do Rio São Francisco.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/79/indicacaon0432025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/79/indicacaon0432025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa de Abreu, ao Sr. Secretário de Infraestrutura, Adauto Júnior, solicitando ESTUDO TÉCNICO E ORÇAMENTÁRIO PARA A CONSTRUÇÃO DE UMA PRAÇA NA VILA DO FERRO NOVO.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/80/indicacaon0442025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/80/indicacaon0442025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais, que seja enviado ofício à Sra. Prefeita do Município Pollyanna Barbosa de Abreu, ao Sr. Secretário de Infraestrutura, Adauto Júnior, e ao Sr. Secretário de Agricultura, Antônio Almeida, solicitando estudo técnico e orçamentário para a construção de uma passagem molhada no rio que corta o Corredor (como é conhecido pelos moradores da região) da estrada do Sítio Brabo Novo.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/81/indicacaon0452025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/81/indicacaon0452025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado à Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu, no sentido de que seja realizada a limpeza do lixão e que também seja retirado o lixão localizado no distrito de Albuquerque Né, BR 275.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/87/indicacaon0462025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/87/indicacaon0462025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado a Excelentíssima Senhora Prefeita do Município_x000D_
 de Sertânia, Pollyanna Barbosa de Abreu, essa solicitação de que sejam providenciadas a colocação de placas de indicativas denominando nomes das_x000D_
 ruas em todo o Município de Sertânia.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/88/indicacaon0472025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/88/indicacaon0472025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado à Excelentíssima Senhora Governadora do Estado de Pernambuco, Raquel Teixeira Lyra Lucena, no sentido de que seja viabilizado o serviço de roçagem, limpeza e tapa-buracos na Rodovia PE 280, até o trevo com a Rodovia BR 232, bem como na Rodovia PE 275, até o trevo com a Rodovia PE 292, neste Município._x000D_
 _x000D_
 Da decisão desta Casa e do inteiro teor desta proposição, dê-se conhecimento à Senhora Governadora, Raquel Teixeira Lyra Lucena, ao Secretário de Mobilidade e Infraestrutura, Diogo de Carvalho Bezerra, e ao Diretor-Presidente do Departamento de Estradas de Rodagem de Pernambuco (DER-PE), Rivaldo Rodrigues de Melo Filho.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/89/indicacaon0482025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/89/indicacaon0482025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo à Prefeita do Município de Sertânia, Sra. Pollyanna Barbosa de Abreu e ao Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais, o Sr. Adalto Júnior, no sentido de que sejam feitas pavimentações em diversas ruas do município, descriminadas abaixo._x000D_
 · Rua José Isídio Pereira (Centro)_x000D_
 · Rua Inácio Cassimiro de Souza (Mário Melo)_x000D_
 · Rua Vereador José Honório (Mário Melo)_x000D_
 · Rua Argemiro Sabino dos Santos (Mário Melo)</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/90/indicacaon0492025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/90/indicacaon0492025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício ao Sra. Pollyanna Barbosa Abreu e Sr. Secretário de infraestrutura de obras e serviços públicos Sr. Adauto Júnior, no sentido que seja reconstruída a passagem molhada localizada no rio Piutá, no distrito de Algodões no sítio Quixabeira, próximo a Luciano Gomes e José Walter. Esta reconstituição é de suma importância, pois serve como passagem para o descolamento de alunos e demais pessoas que necessitam se locomover para resolver demandas do dia a dia.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/91/indicacaon0502025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/91/indicacaon0502025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício ao Sra. Pollyanna Barbosa Abreu e Sr. Secretário de infraestrutura de obras e serviços públicos Sr. Adauto Júnior, no sentido que seja reconstruída a passagem molhada localizada no rio Piutá, no distrito de Algodões e o sítio Salão. Esta reconstituição é de suma importância, pois serve como passagem para o descolamento de alunos e demais pessoas que necessitam se locomover para resolver demandas do dia a dia.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/92/indicacaon0512025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/92/indicacaon0512025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício ao Sra. Pollyanna Barbosa Abreu e Sr. Secretário de infraestrutura de obras e serviços públicos Sr. Adauto Júnior, no sentido que seja construído um mata burro na localidade do sítio Coxir dos Cadetes, nas intermediações da casa do Sr. Geneci. Na qual foi aberto um buraco na gestão anterior, que por sua vez, não foi finalizado.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/93/indicacaon0522025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/93/indicacaon0522025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Munícipio Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr. Adauto Junior, no sentido que seja promovida a limpeza da parede do açude de Henrique Dias.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/94/indicacaon0532025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/94/indicacaon0532025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr Adauto Junior, no sentido que seja feita a manutenção na estrada rural que dá acesso a localidade dos Felicianos a Casa de Pedra.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/95/indicacaon0542025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/95/indicacaon0542025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado oficio a Sra. Prefeita do Munícipio Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr Adauto Junior, no sentido que seja feita a manutenção na estrada rural que dá acesso a localidade dos Coqueiros a Henrique Dias.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/96/indicacaon0552025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/96/indicacaon0552025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Senhora Pollyanna Barbosa Abreu, solicitando a construção de uma passagem molhada no Sítio Soares, no trecho compreendido entre a Estação Pinto Ribeiro e a Igrejinha do Soares.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/97/indicacaon0562025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/97/indicacaon0562025.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve vem, respeitosamente, perante Vossa Excelência, nos termos regimentais vigentes, indicar à Excelentíssima Senhora Prefeita Pollyanna Barbosa Abreu que seja realizada uma atenção geral à Rua Anito Alves Valença, localizada na Vila da Caixa, em virtude de diversos problemas relatados pelo morador José Bezerra da Silva._x000D_
 _x000D_
     Os problemas incluem:_x000D_
     Falta de água;_x000D_
     Má iluminação;_x000D_
     Falta de segurança e policiamento;_x000D_
     Ausência de rede de esgoto e calçamento;_x000D_
     Excessivo mato na rua, gerando insalubridade e riscos aos moradores._x000D_
 _x000D_
 Diante dos fatos expostos, solicito que sejam tomadas as providências necessárias para atender às demandas da população local e proporcionar melhor qualidade de vida aos moradores da referida rua.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/98/indicacaon0572025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/98/indicacaon0572025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Senhora Pollyanna Barbosa Abreu, Prefeita do Município de Sertânia, solicitando a instalação de dois redutores de velocidade (quebra-molas) e uma placa de sinalização na Rua Vidal de Negreiros, visando melhorar a segurança viária da localidade.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/99/indicacaon0582025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/99/indicacaon0582025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja formulado apelo à Prefeita do Município de Sertânia, Sra. Pollyanna Barbosa de Abreu, e ao Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais, Sr. Adalto Júnior, no sentido de que sejam instalados postes com iluminação às margens da PE 265, no trecho da entrada para o Bairro Alto do Rio Branco até a entrada do Loteamento Rufino Ferreira, logo após o trevo do contorno rodoviário de Sertânia.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>WASHINGTON PASSOS</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/100/indicacaon0592025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/100/indicacaon0592025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais, que seja enviado ofício ao Dr. Henrique Seixas, Defensor Público-Geral do Estado de PE, e ao Dr. Clodoaldo Batista, Presidente da Associação dos Defensores Públicos do Estado de PE (ADE-PEPE), no sentido de que seja disponibilizada a Caravana da Cidadania, que traz uma carreta com defensores públicos e agentes administrativos, para:_x000D_
    Retirar 2ª via de certidão de óbito, casamento e nascimento;_x000D_
    Realizar coleta de material para exame de DNA, para obtenção de paternidade;_x000D_
    Oferecer orientação à população carente que necessita de medicação através de processo judicial, na esfera federal, estadual ou municipal;          _x000D_
 Solicita-se que a ação seja realizada nos dias 21 e 22 de maio, pela manhã, na sede do município de Sertânia-PE.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/101/indicacaon0602025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/101/indicacaon0602025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja formulado apelo à Prefeita do Município de Sertânia, Sr2. Pollyanna Barbosa de Abreu, e ao Secretário de Juventude, Esportes, Cultura e Turismo, Sr. Galdêncio Neto, no sentido de que seja elaborada e explorada uma Rota Turística no Município de Sertânia, assim como também disponibilizado um Guia Turístico para os visitantes._x000D_
 Pontos a serem explorados:_x000D_
 _x000D_
   Rota da Transposição;_x000D_
   Artesanato do Alto do Rio Branco;_x000D_
   Cruzeiro do Gogó da Gata;_x000D_
   Trilha da Serra da Mulandeira;_x000D_
   Armazém das Artes;_x000D_
   Festividades locais;_x000D_
   Entre outros.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/102/indicacaon0612025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/102/indicacaon0612025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo à Prefeita do Município de Sertânia, Sra. Pollyanna Barbosa de Abreu e ao Secretário executivo de Recursos Hídricos, Meio Ambiente e Igualdade Racial, Sr. Maurício de Siqueira, no sentido de que seja instalada uma UPA PET no Município de Sertânia.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/103/indicacaon0622025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/103/indicacaon0622025.pdf</t>
   </si>
   <si>
     <t>Indico a Sra. Prefeita do Munícipio Pollyanna Barbosa de Abreu, na forma regimental, determinar ao setor competente que tome providências no sentido de proceder à instalação de academia ao ar livre na Praça do Povoado de Caroalina.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/104/indicacaon0632025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/104/indicacaon0632025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Municipio Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr. Adauto Junior, no sentido que seja promovido conserto de forma correta de todos os asfaltos e calçamentos danificados.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/105/indicacaon0642025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/105/indicacaon0642025.pdf</t>
   </si>
   <si>
     <t>Indico a Sra. Prefeita do Munícipio Pollyanna Barbosa de Abreu, na forma regimental, determinar ao setor competente que tome providências quanto à possibilidade da construção de praça e parque para recreação de crianças e adultos no Povoado de Pernambuquinho, em área do munícipio.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/106/indicacaon0652025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/106/indicacaon0652025.pdf</t>
   </si>
   <si>
     <t>O Vereador André Gíjio, no uso de suas atribuições legais, vem respeitosamente indicar a Vossa Excelência a instalação de um quebra-molas no cruzamento da Rua Floriano Peixoto com a Rua Frei Caneca, conhecida como Rua da Feira, no centro da cidade._x000D_
 _x000D_
 Tal solicitação visa garantir a segurança dos transeuntes e condutores, visto que a alta velocidade de motocicletas e veículos no local tem gerado risco iminente de acidentes, como relatado pelo morador Elison Caldas e demais moradores da localidade.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/107/indicacaon0662025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/107/indicacaon0662025.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, no uso de suas atribuições legais, vem respeitosamente indicar à Vossa Excelência a realização de um estudo técnico_x000D_
 para viabilizar a criação de uma UPA Pet no município de Sertânia.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/108/indicacaon0672025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/108/indicacaon0672025.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais desta Casa Legislativa, apresento a presente indicação à Prefeita Municipal, Sr. Pollyana Barbosa de Abreu, Solicitando a realização de uma Feira de Adoção de Animais, com o objetivo de incentivar a adoção responsável de cães e gatos em nossa cidade.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/109/indicacaon0682025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/109/indicacaon0682025.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais desta Casa Legislativa, apresento a presente indicação á Excelentíssima Sr. Prefeita Municipal Pollyana Barbosa de Abreu, com cópia ao Secretário de Infraestrutura, Serviços públicos e Projetos Especiais, Sr. Adauto Júnior, que seja realizado o calçamento da Rua Manoel Pequeno da Silva, no Bairro do Alto do Cemitério, no Distrito de Rio da Barra.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/110/indicacaon0692025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/110/indicacaon0692025.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais desta Casa Legislativa, apresento a presente indicação á Excelentíssima Sr. Prefeita Municipal Pollyana Barbosa de Abreu, com cópia ao Secretário de Infraestrutura, Serviços públicos e Projetos Especiais, Sr. Adauto Júnior, que seja realizado reforma na praça da Rua do Juá, próxima a Rua Antão Alves.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/111/indicacaon0702025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/111/indicacaon0702025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo a Exma. Governadora do Estado de Pernambuco, Dr.ª Raquel Teixeira Lyra Lucena, e à Secretária de Defesa Social de Pernambuco, o Sr. Alessandro Carvalho, no sentido de que seja instalada_x000D_
 uma Delegacia de Atendimento Especializado à Mulher no Município de Sertânia.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/112/indicacaon0712025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/112/indicacaon0712025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais, que seja enviado ofício à Sra. Prefeita do Município, Pollyanna Barbosa Abreu, e ao Sr. Secretário de Agricultura e Agroecologia, Antônio Almeida, no sentido de que seja retomada a Feira de Animais, a ser realizada pela Prefeitura Municipal de Sertânia-PE._x000D_
 _x000D_
 Uma vez que a feira era realizada anteriormente e o Município já dispõe de estrutura física, no Parque de Exposições Professor Renato Morais, para a devida realização da mesma.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/113/indicacaon0722025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/113/indicacaon0722025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa Abreu e ao Sr. Secretário de Infraestrutura, Projetos Especiais e Serviços Públicos Adauto Júnior, no sentido de que sejam realizados serviços de requalificação e modernização na Academia das Cidades, na Praça da Vila da COHAB.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/114/indicacaon0732025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/114/indicacaon0732025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado ofício a Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu e ao Secretário de Infraestrutura, de Obras e Serviços Públicos Senhor Adauto Júnior, no sentido de que seja construída uma passagem molhada no Riacho do Cuxi, localizada entre o Sítio Pedra da Cabra e Mancinha, na qual dá acesso aos Sítios Várzea Velha e Jeritacó.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/115/indicacaon0742025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/115/indicacaon0742025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado ofício a Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu e ao Secretário de Infraestrutura, de Obras e Serviços Públicos Senhor Adauto Júnior, no sentido de que seja reformada a passagem molhada do Riacho do Carcará, que fica localizada no Sítio Passagem e Cacimbinha.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/116/indicacaon0752025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/116/indicacaon0752025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado ofício por esta Casa a Exma. Prefeita, Pollyanna Barbosa de Abreu, e o Secretário de Infraestrutura, Senhor José Adauto Soares Júnior, solicitando que seja realizada a limpeza e desassoreamento do leito do Rio Moxotó, no trecho da Rua Santa Rita, Rua Manuel Borba, Corredor de João Pires, até a ponte do antigo Colégio Sebastião Lafayette( Abrigo)</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/117/indicacaon0762025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/117/indicacaon0762025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado oficio a Sra. Prefeita do Municipio Pollyanna Barbosa de Abreu, a Secretaria de Agricultura, o Sr. Antônio Almeida, no sentido que seja promovido a reforma da base do dessalinizador do Sítio Casa Velha.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/118/indicacaon0772025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/118/indicacaon0772025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Munícipio Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr. Adauto Junior, no sentido que seja promovido no sentido que seja promovido a instalação de duas lombadas na Praça da Pedra Grande.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/119/indicacaon0782025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/119/indicacaon0782025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Munícipio Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr. Adauto Junior, no sentido que seja promovido no a instalação de uma lombada na Rua Antão Alves.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/120/indicacaon0792025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/120/indicacaon0792025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado oficio a Sra. Prefeita do Munícipio Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr. Adauto Junior, no sentido que seja promovido a pavimentação asfáltica nas ruas, sendo elas:_x000D_
 - Rua Imaculada Conceição_x000D_
 - Rua Sebastião Batista Calado_x000D_
 - Rua da Saudade</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/121/indicacaon0802025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/121/indicacaon0802025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado oficio a Sra. Prefeita do Município Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr. Adauto Junior, no sentido que seja promovido a reforma e manutenção dos banheiros públicos do Almoxarifado Municipal.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/122/indicacaon0812025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/122/indicacaon0812025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado oficio a Sra. Prefeita do Munícipio Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr. Adauto Junior, no sentido que seja promovido a instalação de lombada na Rua Quintino Bocaiúva.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/123/indicacaon0822025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/123/indicacaon0822025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida às formalidades regimentais, que seja enviado ofício ao Departamento de Estradas de Rodagem do Estado de Pernambuco, para que veja a possibilidade de fazer a limpeza do trevo da Rodovia PE-275 e PE-280 que liga as cidades de Custódia e Afogados da Ingazeira.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/124/indicacaon0832025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/124/indicacaon0832025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa de Abreu, a Secretaria de Agricultura, o Sr. Antônio Almeida, requerendo uma bomba para o poço do Alto do Rio Branco.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/125/indicacaon0842025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/125/indicacaon0842025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado oficio a Sra. Prefeita do Munícipio Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr. Adauto Junior, no sentido que seja feita a manutenção na estrada rural que dá acesso a localidade do Rio Grande.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/126/indicacaon0852025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/126/indicacaon0852025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Sra. Prefeita do Município, Pollyanna Barbosa de Abreu, e ao Secretário de Infraestrutura e Projetos Especiais do Município de Sertânia, Sr. Adauto Júnior, no sentido de que seja promovida a construção de um banheiro público na Praça “Juca Queiroz”, conhecida como “Praça da Pedra Grande”.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/127/indicacaon0862025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/127/indicacaon0862025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Sra. Prefeita do Município, Pollyanna Barbosa de Abreu, e ao Secretário de Infraestrutura e Projetos Especiais do Município de Sertânia, Sr. Adauto Júnior, no sentido de que seja promovida a pavimentação, a construção de calçada e melhorias na iluminação pública na Rua Segunda Travessa Professor Elodio Ramos, no Bairro Nova Sertânia.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/128/indicacaon0882025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/128/indicacaon0882025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Munícipio Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr. Adauto Júnior, no sentido que seja feita a construção de pista de ciclovia da saída da Av. Presidente Vargas, na saída do Posto de gasolina, até o Bairro do Ferro Velho.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/129/indicacaon0882025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/129/indicacaon0882025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado oficio a Sra. Prefeita do Munícipio Pollyanna Barbosa de Abreu, a Secretaria de Juventude, Esportes, Cultura e Turismo, o Sr. Galdêncio Neto, no sentido que seja promovido a Criação do Centro de Juventude, no local que seria destinado ao Pátio da Feira livre.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/130/indicacaon0892025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/130/indicacaon0892025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado oficio a Sra. Prefeita do Município Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr. Adauto Júnior, no sentido que seja promovido a pavimentação, a continuidade da construção de calçamento e melhorias na iluminação pública na Rua Travessa São Vicente, no bairro Alto do Cemitério.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>Indicando a Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu, a necessidade de reforma da Praça Laura Chaves, localizada na Rua Vereador João Chaves.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_n_091_2025_verador_andre_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_n_091_2025_verador_andre_gijio.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem, na forma regimental, indicar à Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa Abreu, a necessidade de asfaltar ou concretar a Rua do Bexiga, mais conhecida como Beco do Bixigo Lixo.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/131/indicacaon0922025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/131/indicacaon0922025.pdf</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_n_093_2025_vereador_cicero_edvandro.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_n_093_2025_vereador_cicero_edvandro.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Munícipio Pollyanna Barbosa de Abreu, a Secretaria de Educação, a Sra. Marta Cristina, no sentido que seja promovido a reforma do telhado da quadra da Escola Municipal Etelvino Lins de Albuquerque.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/134/indicacao_n_094_2025_vereador_cicero_edvandro.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/134/indicacao_n_094_2025_vereador_cicero_edvandro.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr. Adauto Junior, no sentido que seja promovido a poda de árvores, tambores de lixo, além da iluminação pública no Bairro Rufino Ferreira.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_n_095_2025_vereador_cicero_edvandro.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_n_095_2025_vereador_cicero_edvandro.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Munícipio Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr. Adauto Junior, no sentidoque seja promovido a pavimentação, a construção de calçada e melhorias na iluminação pública na Estrada do Açude de Barra, na Zona Rural.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/136/indicacao_n_096_2025_vereador_cicero_edvandro.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/136/indicacao_n_096_2025_vereador_cicero_edvandro.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Munícipio Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr. Adauto Junior, no sentido que seja promovido no sentido que seja promovido a instalação de quatro lombadas na Rua Dr. José Ciriaco Neves Bezerra, em Cruzeiro do Nordeste.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/137/indicacao_n_097_2025_vereador_etelvino_junior.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/137/indicacao_n_097_2025_vereador_etelvino_junior.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita do Município, Pollyanna Barbosa de Abreu, e ao Secretário de Infraestrutura e Projetos Especiais, Adauto Soares Júnior, para a realização do patrolamento da estrada vicinal do Sítio Pitomba, cuja entrada se encontra no km 09 da PE-280, ao lado esquerdo sentido Custódia.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_n_098_2025_vereador_etelvino_junior.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_n_098_2025_vereador_etelvino_junior.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo à Prefeita do Município de Sertânia, Sra. Pollyanna Barbosa de Abreu e à Secretária Educação, a Sra. Marta Cristina Pereira de Lira, no sentido de que se proceda a inclusão dos conteúdos de Direitos dos animais e proteção animal na grade curricular das escolas públicas municipais de Sertânia.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/139/indicacao_n_099_2025_vereador_etelvino_junior.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/139/indicacao_n_099_2025_vereador_etelvino_junior.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo à Prefeita do Município de Sertânia, Srª. Pollyanna Barbosa de Abreu e à Secretária de Desenvolvimento Social e Cidadania, a Sra. Teresa Raquel, no sentido de que seja criado um projeto para instituir o Auxílio TEA no Município de Sertânia, que visa oferecer uma bolsa-auxílio para Pais e Mães de crianças autistas.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_n_100_2025_vereador_luiz_abel.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_n_100_2025_vereador_luiz_abel.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado ofício a Excelentíssima Senhora Prefeita do Município de Sertânia-PE, Pollyanna Barbosa de Abreu juntamente com o Srº Secretário de Agricultura Drº. Antônio Almeida, solicitando uma máquina patrol para fazer o patrolamento da estrada do IPA (Instituto de Agronômia de Pernambuco) até a divisa da cidade de Zabelê-PB._x000D_
 _x000D_
 Local: Da sangria do açude do Governo até a fazenda de Drº Cauby Japiassú, IPA/Macambira.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/141/indicacao_n_101_2025_vereador_luiz_abel.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/141/indicacao_n_101_2025_vereador_luiz_abel.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado ofício a Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu, solicitando de que seja providenciado o calçamento da Avenida Arlindo Ferreira dos Santos, localizada no Bairro Sibas Brito, neste Município.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_n_102_2025_vereador_marinho_do_onibus.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_n_102_2025_vereador_marinho_do_onibus.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas as normas regimentais, que seja enviado ofício à Excelentíssima Senhora Prefeita do Município, Pollyanna Barbosa de Abreu, e ao Senhor Secretário de Infraestrutura, Adauto Júnior, solicitando a realização de estudo técnico e orçamentário para o calçamento/pavimentação asfáltica ligando a Rua da Cruz ao Contorno Rodoviário.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/143/indicacao_n_103_2025_vereador_marinho_do_onibus.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/143/indicacao_n_103_2025_vereador_marinho_do_onibus.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais, que seja enviado ofício à Sra. Prefeita do Município Pollyanna Barbosa de Abreu, ao Sr. Secretário de Infraestrutura, Adauto Júnior, e ao Sr. Secretário de Agricultura, Antônio Almeida, solicitando estudo técnico e orçamentário para a recuperação da passagem molhada no Rio Sítio Maxixe.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>DOIA</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/144/indicacao_n_104_2025_vereador_dorgival_rodrigues_dos_santos.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/144/indicacao_n_104_2025_vereador_dorgival_rodrigues_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indico nos termos regulamentais desta casa, a apreciação no ato solicitado aprovação do nosso requerimento visando a implantação do programa_x000D_
 ILUMINA LED SERTÂNIA o douto Plenário que seja oficializado a Exma. Senhora Prefeita Municipal, Pollyanna Abreu.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_n_105_2025_vereador_dorgival_rodrigues_dos_santos.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_n_105_2025_vereador_dorgival_rodrigues_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Secretária de Infraestrutura, Serviços Públicos e Projetos Especiais do Município de Sertânia, o Sr. Adalto Júnior, no sentido de que seja feita uma fiscalização nas caixas d'água construídas com concreto armado, localizadas no Distrito de Rio da Barra e no Povoado Waldemar Siqueira, as quais encontram-se com a estrutura bastante danificada, correndo risco de desabamento.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/146/indicacao_n_106_2025_vereador_dorgival_rodrigues_dos_santos.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/146/indicacao_n_106_2025_vereador_dorgival_rodrigues_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário, e cumprida às formalidades regimentais, que seja solicitado a Senhora prefeita do Município de Sertânia Pollyanna_x000D_
 Abreu, extensivo a Secretária de Infraestrutura, Serviços Públicos e Projetos Especiais do Município de Sertânia, o Sr. Adalto Júnior, no sentido de viabilizar a construção de uma passagem molhada do Sítio Feliciano, próximo a residência do senhor Arthur Brasiliano, sentido a residência do senhor Cazuza.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/147/indicacao_n_107_2025_vereador_andre_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/147/indicacao_n_107_2025_vereador_andre_gijio.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Senhora Pollyanna Barbosa Abreu, Prefeita Municipal, solicitando a reforma completa da praça localizada no Bairro Alto do Rio Branco.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/148/indicacao_n_108_2025_vereador_andre_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/148/indicacao_n_108_2025_vereador_andre_gijio.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Senhora Pollyanna Barbosa de Abreu, Prefeita do Município de Sertânia, solicitando a instalação de pontos de ônibus adequados para os alunos da Rede Municipal, Estadual e Federal de Ensino em nosso Município.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/149/indicacao_n_109_2025_vereador_andre_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/149/indicacao_n_109_2025_vereador_andre_gijio.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Senhora Pollyanna Barbosa de Abreu, Prefeita do Município de Sertânia, solicitando a criação de pontos de apoio para os mototaxistas do município.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/150/indicacao_n_110_2025_vereador_andre_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/150/indicacao_n_110_2025_vereador_andre_gijio.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Senhora Pollyanna Barbosa de Abreu, Prefeita do Município de Sertânia, solicitando a instalação de grades de proteção e iluminação no campo de futebol do Bairro Alto do Rio Branco.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_n_111_2025_vereador_luiz_abel.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_n_111_2025_vereador_luiz_abel.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, depois de ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado oficio a Exma. Sra. Pollyanna Barbosa de Abreu, no sentido de que sejam construídas duas passarelas, dos dois lados, esquerdo e direito da ponte da Laje dos Pires, e também a melhoria da iluminação pública, desta localidade.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_n_112_2025_vereador_etelvino_junior0001.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_n_112_2025_vereador_etelvino_junior0001.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo a Exma. Governadora do Estado de Pernambuco, Dr.ª Raquel Teixeira Lyra Lucena, e à Secretária de Esportes de Pernambuco, a Sra. Ivete Lacerda, no sentido de que seja feita uma requalificação na quadra descoberta da Escola de Referência em Ensino Médio Olavo Bilac.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_n_113_2025_vereador_alexandre_laet.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_n_113_2025_vereador_alexandre_laet.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário, na forma regimental, que seja encaminhado expediente à Excelentíssima Prefeita Sra. Pollyana Barbosa Abreu e à secretária de Saúde Drª Luana Cordeiro, para que seja disponibilizado veículo exclusivo tipo passeio para o transporte de pacientes diagnosticados com câncer que realizam tratamento de radioterapia ou quimioterapia em outras cidades.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_n_114_2025_vereador_alexandre_laet.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_n_114_2025_vereador_alexandre_laet.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário, na forma regimental, que seja encaminhado expediente à Excelentíssima Prefeita Sra. Pollyana Barbosa Abreu e ao Secretário Celestino de Barros Sobrinho, para que, por meio da Secretaria de Segurança e Mobilidade Urbana, sejam realizados estudos técnicos visando à implantação de uma rotatória no entroncamento das seguintes vias: Avenida Presidente Vargas, Rua Vidal de Negreiros e Rua 6 de Outubro, próximo à sede do Sindicato dos Trabalhadores Rurais de Sertânia, bem como a instalação das sinalizações necessárias para garantir maior fluidez e segurança no trânsito local.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_n_115_2025_vereador_alexandre_laet.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_n_115_2025_vereador_alexandre_laet.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário, na forma regimental, que seja encaminhado expediente à Excelentíssima Prefeita Sra. Pollyana Barbosa Abreu e à Secretária de Saúde Drª Luana Cordeiro, para que sejam disponibilizados, nos distritos de Sertânia, serviços de coleta para exames laboratoriais e realização de exames de ultrassonografia para gestantes, com agendamento diretamente nas UBSF (Unidades Básicas de Saúde da Família) de cada localidade.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_n_116_2025_vereador_jose_rielson.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_n_116_2025_vereador_jose_rielson.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado oficio ao Sra. Pollyanna Barbosa Abreu e Sr. Secretário de Agricultura Sr. Antônio Almeida e ao Secretário de Recursos Hídricos, Meio Ambiente e Igualdade Racial, Sr. Maurício de Siqueira Silva no sentido que adquirido um dessalinizador no Sítio Boa Esperança.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_n_117_2025_vereador_jose_rielson.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_n_117_2025_vereador_jose_rielson.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício ao Sra. Pollyanna Barbosa Abreu e Sr. Secretário de agricultura Sr. Antônio Almeida, no sentido que seja feita a requalificação da Rodovia Estadual no Município de Sertânia, VPE - 302, Entr. PE 265, sentido Henrique Dias, com extensão 16,20 km, VPE-315. Entr. BR 232 sentido Caroalina, com extensão 17,21 km, VPE -315 sentido Caroalina/Várzea Velha, Entr. BR 232 sentido Algodões, com extensão 45,77 km, VPE - 335 Entr. PE 275 sentido Albuquerque Né/Serra do Brejo Velho com extensão 10,00 km.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_n_118_2025_vereador_jose_rielson.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_n_118_2025_vereador_jose_rielson.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Sra. Pollyanna Barbosa Abreu, ao Secretário de Infraestrutura de Obras e Serviços Públicos, Sr. Adauto Júnior, e ao Secretário de Recursos Hídricos, Meio Ambiente e Igualdade Racial, Sr. Maurício de Siqueira Silva, no sentido de que seja realizado um projeto de moradia digna para os moradores do Sítio Boa Esperança, na qual as mesmas residem em casas de taipa.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/159/indicacao_n_119_2025_vereador_jose_etlvino_l_a_junior.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/159/indicacao_n_119_2025_vereador_jose_etlvino_l_a_junior.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo à Prefeita do Município de Sertânia, Sra. Pollyanna Barbosa de Abreu e ao Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais, o Sr. Adauto Júnior, no sentido de que sejam instalados refletores na quadra de areia da estação.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_n_120_2025_vereador_jose_etlvino_l_a_junior.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_n_120_2025_vereador_jose_etlvino_l_a_junior.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo à Prefeita do Município de Sertânia, Sra. Pollyanna Barbosa de Abreu e ao Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais, o Sr. Adauto Júnior, no sentido de que seja feita uma reestruturação no estacionamento do Ginásio de Esportes Epaminondas Morais, com piso, organização de vagas e arborização.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_n_121_2025_vereador_jose_etlvino_l_a_junior.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_n_121_2025_vereador_jose_etlvino_l_a_junior.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo à Prefeita do Município de Sertânia, Sra. Pollyanna Barbosa de Abreu e ao Secretário de Agricultura, o Sr. Antônio Almeida, no sentido de que seja feita uma melhoria com o nivelamento na estrada dos Sítios Serecé e São José.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_n_122_2025_cicero_edvandro.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_n_122_2025_cicero_edvandro.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Municipio Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr. Adauto Junior, no sentido que seja promovido a pavimentação, a construção de calçada, o saneamento básico e iluminação pública na Rua Cruzeiro do Nordeste, no Distrito de Cruzeiro do Nordeste, saída para Ibimirim,_x000D_
 próximo a PRF.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_n_123_2025_cicero_edvandro.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_n_123_2025_cicero_edvandro.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Munícipio Pollyanna Barbosa de Abreu, a Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, ao Sr. Adauto Junior, e a Secretaria de Juventude, Esporte, Cultura e Turismo, no sentido que seja promovido a construção de um Campo iluminado de futebol Society para a Localidade de Albuquerque- Né, no Município de Sertânia - PE.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_n_124_2025_cicero_edvandro.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_n_124_2025_cicero_edvandro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Sra. Prefeita do Município Pollyanna Barbosa de Abreu, à Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, o Sr. Adauto Júnior, no sentido de que seja promovido o calçamento na Rua Antônio Alves de Siqueira, em Albuquerque-Né — ao redor da Capela São Francisco de Assis.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_n_125_2025_vereador_cicero_edvandro.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_n_125_2025_vereador_cicero_edvandro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Sra. Prefeita do Município Pollyanna Barbosa de Abreu, à Secretaria de Infraestrutura e Projetos Especiais do Município de Sertânia, ao Sr. Adauto Júnior, e à Secretaria de Juventude, Esporte, Cultura e Turismo, no sentido de que seja promovida a construção de um campo iluminado de futebol society para a localidade de Sítio Caroá, no Município de Sertânia – PE.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/166/indicacao_n_126_2025_cicero_edvandro.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/166/indicacao_n_126_2025_cicero_edvandro.pdf</t>
   </si>
   <si>
     <t>Indico a Sra. Prefeita do Munícipio Pollyanna Barbosa de Abreu, na forma regimental, determinar ao setor competente que tome providências quanto à possibilidade da construção de praça e parque para recreação de crianças e adultos no Sítio Caroá, em área do munícipio.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/167/indicacao_n_127_2025_luiz_abel.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/167/indicacao_n_127_2025_luiz_abel.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado ofício a Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu e a Senhora Secretária de Saúde Deysiane Maria da Silva, solicitando que seja disponibilizado um transporte TFD (Tratamento Fora Domicílio) para transportar os pacientes dos hospitais para a casa de apoio e demais serviços necessários aos pacientes na cidade do Recife -PE.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_n_128_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_n_128_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico na forma regimental depois de ouvido o Plenário, que seja enviado ofício e cópia a Exma. Prefeita Municipal POLLYANNA BARBOSA ABREU, extensivo a Secretária de Segurança e Mobilidade Urbana, Sr. CELESTINO BARROS, no sentido de viabilizar a manutenção, e ao tempo colocar luminárias, nos seguintes locais do Distrito de Rio da Barra, Povoado Waldemar Siqueira, e na entrada do Sítio Feliciano neste Município, tendo em vista que as atuais existentes se encontram danificadas.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_n_129_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_n_129_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico na forma regimental depois de ouvido o Plenário, que seja enviado ofício e cópia desta indicação a Exma. Prefeita Municipal POLLYANNA BARBOSA DE ABREU, para que a mesma veja a possibilidade de mudança na rota do ônibus, que transporta os pacientes TFD (Tratamento Fora do Domicílio), para o Recife, fazendo a nova rota sentido o Distrito de Rio da Barra e Povoado Waldemar Siqueira, neste Município.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_n_130_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_n_130_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico na forma regimental depois de ouvido o Plenário, que seja enviado oficio e cópia desta indicação a Exma. Prefeita Municipal POLLYANNA BARBOSA DE ABREU, no sentido de viabilizar a construção de banheiros públicos, nos Distritos do Município.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao_n_131_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao_n_131_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico na forma regimental depois de ouvido o Plenário, que seja enviado ofício_x000D_
 e cópia desta Indicação para a Exma. Prefeita Municipal POLLYANNA_x000D_
 BARBOSA DE ABREU, no sentido de viabilizar a construção de uma Quadra_x000D_
 Poliesportiva no Povoado Waldemar Siqueira, visando atender às_x000D_
 necessidades da comunidade.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_n_132_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_n_132_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico, na forma regimental, depois de ouvido o Plenário, que seja enviado ofício e cópia desta indicação à Exma. Prefeita Municipal Pollyanna Barbosa de Abreu, extensivo à Secretaria de Agricultura, Sr. Antônio Almeida, no sentido de viabilizar o patrolamento das estradas vicinais do Sítio Feliciano/Pitombeira, Riacho, Laginha, Salgadinho e demais localidades vizinhas.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_n_133_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_n_133_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico na forma regimental depois de ouvido o Plenário, que seja enviado ofício e cópia desta indicação a Exma. Prefeita Municipal POLLYANNA BARBOSA DE ABREU, para que a mesma veja a possibilidade de construir um ponto de ônibus, na entrada do Sítio Feliciano e Barro Vermelho neste Município.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_n_134_2025_luiz_abel_-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_n_134_2025_luiz_abel_-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado à Excelentíssima Senhora Prefeita do Município de Sertânia-PE, Pollyanna Barbosa de Abreu, juntamente com o Sr. Secretário de Agricultura, Sr. Antônio Almeida, no sentido de que seja realizado um recapeamento e patrolamento do Distrito de Albuquerque-Né até a região Severo, Riacho dos Porcos e Cacimba das Bestas.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_n_135_2025_andre_chaves-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_n_135_2025_andre_chaves-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Excelentíssima Senhora Prefeita Municipal de Sertânia, Pollyanna Abreu, que seja realizada a reestruturação e a implantação de iluminação nos campos de futebol das comunidades rurais de Várzea Limpa, Sítio Soares, Casa Velha, Sítio Cipó, Serecé, Jacú, Severo, Malhadinha, Capim e Laje da Onça.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_n_136_2025_andre_chaves-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_n_136_2025_andre_chaves-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Excelentíssima Senhora Prefeita Municipal de Sertânia, Pollyanna Abreu, que sejam realizadas melhorias estruturais e de atendimento na UBSF do Bairro Alto do Rio Branco, incluindo a instalação de cobertura na área externa e a disponibilização de uma ambulância 24 horas para a unidade.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_n_137_2025_jose_rielson-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_n_137_2025_jose_rielson-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado ofício a Excelentíssima Senhora Prefeita do_x000D_
 Município de Sertânia, Pollyanna Barbosa de Abreu e ao Sr. Secretário de Infraestrutura, de Obras e Serviços Públicos Senhor Adauto Júnior, no sentido_x000D_
 que seja construída uma quadra poliesportiva no Sítio Coxi dos Cadetes, visinha a Escola Municipal Elói Cadete.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_n_138_luiz_abel_de_a_arruda-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_n_138_luiz_abel_de_a_arruda-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado ofício com cópia desta Indicação à Excelentíssima Senhora Prefeita do Município de Sertânia-PE, Pollyanna Barbosa de Abreu, no sentido de que sejam tomadas as devidas providências, junto ao setor competente, a respeito dos atos de vandalismo e furtos que estão acontecendo no Cemitério Público Municipal de Sertânia-PE.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao_n_140_2025_cicero_edvandro_de_melo-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao_n_140_2025_cicero_edvandro_de_melo-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Sra. Prefeita do Município Pollyanna Barbosa de Abreu e à Secretária de Educação, Sra. Marta Cristina, no sentido de que seja promovida a instalação dos ar-condicionados na Escola Municipal Manoel Xavier de Melo.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao_n_141_2025_cicero_edvandro_de_melo-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao_n_141_2025_cicero_edvandro_de_melo-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado oficio a Sra. Prefeita do Município Pollyanna Barbosa de Abreu, a Secretária de Educação, a Sra. Marta Cristina, no sentido que seja promovido a manutenção da cisterna, reparação do portão da frente e a energia, além da construção de um muro ao redor da Escola Municipal Antônio Batista de Melo.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao_n_142_2025_cicero_edvandro_de_melo-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao_n_142_2025_cicero_edvandro_de_melo-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado oficio a Sra. Prefeita do Munícipio Pollyanna Barbosa de Abreu, a Secretaria de Educação, a Sra. Marta Cristina, no sentido que seja realizada o aumento do muro da Escola Manoel Monteiro dos Santos, em Moderna.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao_n_143_2025_patricia_da_conceicao-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao_n_143_2025_patricia_da_conceicao-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais desta Casa Legislativa, apresento a presente indicação á Excelentíssima Sr. Prefeita Municipal Pollyana Barbosa de Abreu, com cópia ao Secretário de serviços públicos e projetos especiais, o Sr. Adauto Júnior, que seja providenciada a requalificação da Casa de Correspondências da Prefeitura localizada no distrito de Pernambuquinho.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao_n_144_2025_patricia_da_conceicao-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao_n_144_2025_patricia_da_conceicao-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais desta Casa Legislativa, apresento a presente indicação à Excelentíssima Sra. Prefeita Municipal Pollyana Barbosa de Abreu, com cópia ao Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais, Sr. Adauto Júnior, para que seja providenciada a construção de pontes com passagem sobre os seguintes rios:_x000D_
 _x000D_
 Rio da Passagem;_x000D_
 Rio da Quixabeira;_x000D_
 Rio do São Bento.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao_n_145_2025_vereador_andre_gijio-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao_n_145_2025_vereador_andre_gijio-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico a Excelentíssima Senhora Prefeita Municipal de Sertânia, Pollyanna Abreu, a pavimentação asfáltica do trecho que se inicia na Rua do Juá, passando pela Prainha e seguindo até o Bairro Alto do Rio Branco, contemplando também as ruas que circundam a Praça da Infância e a Praça da Igrejinha.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_n_146_2025_vereador_andre_gijio-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_n_146_2025_vereador_andre_gijio-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Excelentíssima Senhora Prefeita Municipal de Sertânia, Pollyanna Abreu, a ampliação do Canil Municipal, com a construção de novas baias e estrutura de apoio, bem como a continuidade e intensificação das ações de castração animal no município.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_n_147_2025_vereador_niltinho_sousa-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_n_147_2025_vereador_niltinho_sousa-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais, que seja enviado ofício à Sra. Prefeita do Município Pollyanna Barbosa Abreu e ao Sr. Secretário de Infraestrutura, Projetos Especiais e Serviços Públicos, Adalto Junior, no sentido de que sejam realizadas pavimentações asfálticas nas ruas Arcoverde, 3 de Maio e Tenente José Pires, todas elas localizadas no Bairro Alto do Rio Branco, uma vez que trata-se de vias de acesso a esse importante bairro de Sertânia.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/252/indicacao_n_148_2025_vereador_niltinho_sousa-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/252/indicacao_n_148_2025_vereador_niltinho_sousa-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais, que seja enviado ofício à Sra. Prefeita do Município Pollyanna Barbosa Abreu e à Sra. Secretária de Finanças e Planejamento Priscila Gabriela, no sentido de que seja concedida isenção do Imposto Predial e Territorial Urbano (IPTU) ao imóvel que seja de propriedade ou posse de pessoas com Transtorno do Espectro Autista (TEA), portadores da Síndrome de Down ou Pessoas com Deficiência (PCD), ou cujo proprietário tenha dependente ou cônjuge/convivente com as mesmas deficiências, conforme Projeto de Lei anexado à presente proposição, justificando e especificando os requisitos necessários para que se possa ter acesso ao benefício.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao_n_149_2025_vereador_luiz_abel-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao_n_149_2025_vereador_luiz_abel-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado ofício e cópia dessa Indicação a Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu, no sentido de que seja feita a iluminação pública na Rua Abelardo Arruda, inicio na Rua da Cerâmica até o Contorno do Anel Viário. .</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_n_150_2025_vereador_luiz_abel-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_n_150_2025_vereador_luiz_abel-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado a Excelentíssima Senhora Prefeita do Município_x000D_
 de Sertânia-PE, Pollyanna Barbosa de Abreu, juntamente com o Sr. Secretário de Infraestrutura, o Sr Adauto Júnior, para que seja providenciado um poste de energia elétrica para o cemitério do Povoado da Maniçoba.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao_n_151_2025_vereador_luiz_abel-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao_n_151_2025_vereador_luiz_abel-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado a Excelentíssima Senhora Prefeita do Município_x000D_
 de Sertânia-PE, Pollyanna Barbosa de Abreu, juntamente com o Sr. Secretário de Infraestrutura, o Sr Adauto Júnior, para que seja providenciado a encanação de água para o cemitério do Público do Povoado da Maniçoba.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_n_152_2025_vereador_alexandre_laet-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_n_152_2025_vereador_alexandre_laet-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário, na forma regimental, que seja encaminhado expediente à Excelentíssima Prefeita Sra. Pollyana Barbosa Abreu, solicitando à Prefeitura de Sertânia, por meio da Secretaria responsável, a urgente recuperação da estrada vicinal que dá acesso ao Distrito de Henrique Dias, em razão do grave estado de deterioração da via.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_n_153_2025_vereador_jose_rielson_macario-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_n_153_2025_vereador_jose_rielson_macario-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado ofício a Excelentíssima Senhora Prefeita do_x000D_
 Município de Sertânia, Pollyanna Barbosa de Abreu e ao Sr. Secretário de Infraestrutura, de Obras e Serviços Públicos Senhor Adauto Júnior, no sentido que seja realizado o calçamento das Ruas Leopoldina Soares e Dr. José da Rocha Carvalho localizadas no Distrito de Algodões.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_n_154_2025_vereador_andre_gijio-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_n_154_2025_vereador_andre_gijio-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Excelentíssima Senhora Prefeita Municipal de Sertânia, Pollyanna Abreu, a instalação de placas de sinalização na Praça da Infância, localizada_x000D_
 no bairro Alto do Rio Branco, com orientações específicas sobre a proibição do uso da área de areia por animais, especialmente para necessidades fisiológicas.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_n_155_2025_vereador_damiao_silva-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_n_155_2025_vereador_damiao_silva-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à mesa, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu, solicitando que seja construída uma arquibancada no Estádio Municipal Odilon Ferreira dos Santos, ao lado direito, com cobertura metálica, iluminação adequada e acessibilidade para pessoas com mobilidade reduzida, a fim de proporcionar mais conforto e segurança ao público durante os eventos esportivos.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao_n_156_2025_vereador_cicero_edvandro-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao_n_156_2025_vereador_cicero_edvandro-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa de Abreu, extensivo a Secretaria de Segurança e Mobilidade Urbana, o Sr. Secretário Celestino Barros no sentido que seja feito um quebra mola, na Avenida Presidente Vargas em frente ao Supermercado de Antônio Dantas, próximo ao Sindicato.dos Trabalhadores Rurais do Município de Sertânia -PE.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao_n_157_2025_vereador_cicero_edvandro-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao_n_157_2025_vereador_cicero_edvandro-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa de Abreu, extensiva a Secretaria de Segurança e Mobilidade Urbana, o Sr. Secretário Celestino Barros no sentido que seja feito um quebra mola, na Rua 06 de Outubro, em frente a Oficina de Zé Safado.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao_n_158_2025_vereador_andre_gijio-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao_n_158_2025_vereador_andre_gijio-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Senhora Pollyanna Barbosa Abreu, Prefeita do Município de Sertânia, solicitando o complemento do calçamento da Rua Major Manuel Ramos, bem como a estruturação da passagem localizada no final da via, que atualmente só permite o tráfego de motocicletas.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/263/indicacao_n_159_2025_vereador_marinho_do_onibus-08-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/263/indicacao_n_159_2025_vereador_marinho_do_onibus-08-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa de Abreu, a Sra. Secretária de Saúde, solicitando A CONTRATAÇÃO DE SEGURANÇAS PARA OS POSTOS DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/264/indicacao_n_160_2025_vereador_marinho_do_onibus-03-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/264/indicacao_n_160_2025_vereador_marinho_do_onibus-03-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa de Abreu, ao Sr. Secretário de Infraestrutura, Adauto Júnior, ESTUDO A CONSTRUÇÃO DO TÉCNICO E ORÇAMENTÁRIO PARA CALÇAMENTO/PAVIMENTAÇÃO ASFÁLTICA DA SEGUNDA TRAVESSA EDVALDO FERREIRA, EM FRENTE AO GINÁSIO DE ESPORTES EPAMINONDAS MORAIS.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/265/indicacao_n_161_2025_vereadora_patricia_da_conceicao-03-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/265/indicacao_n_161_2025_vereadora_patricia_da_conceicao-03-07-2025.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais desta Casa Legislativa, apresento a presente indicação á Excelentíssima Sr. Prefeita Municipal Pollyana Barbosa de Abreu, que sejam tomadas as devidas providências para que sejam instaladas placas indicadoras de sinalização e localização de cidades no contorno rodoviário deste município.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/266/indicacao_n_162_2025_vereadora_patricia_da_conceicao_silva-03-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/266/indicacao_n_162_2025_vereadora_patricia_da_conceicao_silva-03-07-2025.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais desta Casa Legislativa, apresento a presente indicação à Excelentíssima Senhora Prefeita Municipal Pollyanna Barbosa de Abreu, com cópia ao Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais, Sr. Adauto Júnior, para que seja providenciada, com a máxima brevidade possível, a instalação de iluminação pública no Beco de Gregório, localizado nas proximidades da Avenida Presidente Vargas, neste Município.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao_n_163_2025_vereadora_patricia_da_conceicao_silva-03-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao_n_163_2025_vereadora_patricia_da_conceicao_silva-03-07-2025.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais desta Casa Legislativa, apresento a presente indicação á Excelentíssima Sr. Prefeita Municipal Pollyana Barbosa de Abreu, que sejam tomadas as devidas providências para a melhoria da iluminação pública na Rua de Monteiro, neste município.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao_n_164_2025_vereadora_patricia_da_conceicao-03-07-2025_1.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao_n_164_2025_vereadora_patricia_da_conceicao-03-07-2025_1.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais desta Casa Legislativa, apresento a presente indicação á Excelentíssima Sr. Prefeita Municipal Pollyana Barbosa de Abreu, que sejam tomadas as devidas providências para que sejam realizadas, com a máxima brevidade possível, as obras de pavimentação e implantação da iluminação pública na rua projetada situada por trás da Creche Bartolomeu Brasiliano, neste município.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_n_165_2025_vereador_andre_gijio-03-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_n_165_2025_vereador_andre_gijio-03-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Senhora Pollyanna Barbosa Abreu, Prefeita do Município de Sertânia, solicitando a troca da bomba do poço localizado no Sítio Pinhões, zona rural deste Município.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao_n_166_2025_vereador_andre_gijio-03-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao_n_166_2025_vereador_andre_gijio-03-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado ofício à Senhora Pollyanna Barbosa Abreu, Prefeita do Município de Sertânia, solicitando a troca da bomba do poço localizado no Sítio Soares, Zona Rural deste Município, nas proximidades da Estação Pinto Ribeiro.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao_no_167_2025_vereador_jose_rielson-14-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao_no_167_2025_vereador_jose_rielson-14-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado ofício a Sra. Pollyanna Barbosa de Abreu e Sr. Secretário de Infraestrutura, de Obras e Serviços Públicos Sr. Adauto Júnior, no sentido que seja solicitado o asfalto/pavimentação da Avenida Nossa Senhora da Conceição, localizada no Distrito de Algodões.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao_n_168_2025_vereador_jose_rielson_macario_dos_santos-03-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao_n_168_2025_vereador_jose_rielson_macario_dos_santos-03-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Pollyanna Barbosa Abreu e Sr. Secretário de Infraestrutura de Obras e Serviços Públicos Sr. Adauto Júnior, no sentido que seja solicitado o calçamento das ruas Estanislau Chaves e da rua Otávio Cândido da Rocha localizadas no Distrito de Algodões.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao_n_169_2025_vereador_jose_damiao-03-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao_n_169_2025_vereador_jose_damiao-03-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à mesa, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu, solicitando a instalação de redutores de velocidade (lombadas), acompanhados da devida sinalização vertical e horizontal, nas proximidades da entrada da Rua José Bezerra da Silva, bem como no trecho que dá acesso e faz a travessia para o Sítio Cabaceira.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_n_170_2025_vereador_luiz_abel-03-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_n_170_2025_vereador_luiz_abel-03-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado a Excelentíssima Senhora Prefeita do Município_x000D_
 de Sertânia-PE, Pollyanna Barbosa de Abreu, juntamente com o Sr. Secretário de Infraestrutura, o Sr Adauto Júnior, para que seja providenciado a reforma da Praça e que seja construído um parque para recreação das crianças do Povoado da Maniçoba.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_n_171_2025_vereador_etelvino_junior-03-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_n_171_2025_vereador_etelvino_junior-03-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita do Município, Pollyanna Barbosa de Abreu, e ao Secretário de Infraestrutura e Projetos Especiais, Adauto Soares Júnior, para a realização do patrolamento da estrada vicinal do Sítio Brejinho. A via apresenta condições precárias que dificultam a circulação e aumentam o risco de acidentes, tornando urgente a necessidade de intervenção para garantir a segurança e a mobilidade da população.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao_n_172_2025_vereador_etelvino_junior-03-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao_n_172_2025_vereador_etelvino_junior-03-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita do Município, Pollyanna Barbosa de Abreu, e ao Secretário de Infraestrutura e Projetos Especiais, Adauto Soares Júnior, para a realização do patrolamento da estrada vicinal do Sítio Caatinga. A via apresenta condições precárias que dificultam a circulação e aumentam o risco de acidentes, tornando urgente a necessidade de intervenção para garantir a segurança e a mobilidade da população.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/277/indicacao_n_173_2025_vereador_etelvino_junior-03-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/277/indicacao_n_173_2025_vereador_etelvino_junior-03-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita do Município, Pollyanna Barbosa de Abreu, e ao Secretário de Infraestrutura e Projetos Especiais, Adauto Soares Júnior, para a realização do patrolamento da estrada vicinal do Sítio Caldeirão de baixo e de cima. A via apresenta condições precárias que dificultam a circulação e aumentam o risco de acidentes, tornando urgente a necessidade de intervenção para garantir a segurança e a mobilidade da população.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/278/indicacao_n_174_2025_vereador_etelvino_junior-03-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/278/indicacao_n_174_2025_vereador_etelvino_junior-03-07-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que seja encaminhado apelo à Excelentíssima Senhora Prefeita do Município, Pollyanna Barbosa de Abreu, e ao Secretário de Infraestrutura e Projetos Especiais, Adauto Soares Júnior, para a realização do patrolamento da estrada vicinal do Sítio Serecé indo até o Sítio São José. A via, além de ser extremamente estreita, apresenta condições precárias que dificultam a circulação e aumentam o risco de acidentes, tornando urgente a necessidade de intervenção para garantir a segurança e a mobilidade da população.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/168/indicacao_no_175_2025_vereador_luiz_abel.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/168/indicacao_no_175_2025_vereador_luiz_abel.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado ofício a Excelentíssima Senhora Prefeita do Município de Sertânia-PE, Pollyanna Barbosa de Abreu, solicitando a construção de uma praça na Rua José Leonardo Mariano, no Distrito de Albuquerque Né.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/169/indicacao_no_176_2025_vereador_jose_etelvino_lins_de_a_junior.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/169/indicacao_no_176_2025_vereador_jose_etelvino_lins_de_a_junior.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo à Exma. Governadora do Estado de Pernambuco, Dr.ª Raquel Teixeira Lyra Lucena, e à Secretária de Cultura de Pernambuco, Sra. Cacau de Paula, no sentido de que Sertânia seja contemplada com a construção de um Centro de Artes e Esportes Unificados (CEU).</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/170/indicacao_no_177_2025_vereador_jose_etelvino_lins_de_a_junior.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/170/indicacao_no_177_2025_vereador_jose_etelvino_lins_de_a_junior.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo à Prefeita do Município de Sertânia, Sra. Pollyanna Barbosa de Abreu, e ao Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais, Sr. Adalto Júnior, no sentido de que seja construída uma Arena de Futebol e Atletismo, incluindo um campo de futebol gramado, arquibancadas, cabines de transmissão de TV e rádio, vestiários, iluminação, uma pista de atletismo e uma pista de treinamento em circuito (PTC), no espaço onde hoje é o Campo do Poeirão, situado próximo à Escola Agrícola Municipal.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_no_178_2025_vereador_jose_etelvino_lins_de_a_junior.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_no_178_2025_vereador_jose_etelvino_lins_de_a_junior.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo à Prefeita do Município de Sertânia, Sra. Pollyanna Barbosa de Abreu, e ao Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais, Sr. Adalto Júnior, no sentido de que seja construído um parque ecológico com área de lazer e caminhada no Parque de Exposição Renato Moraes.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_no_179_2025_retirada_de_pauta_andre_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_no_179_2025_retirada_de_pauta_andre_gijio.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado ofício à Senhora Pollyanna Barbosa Abreu, Prefeita do Município de Sertânia, solicitando a reforma da Praça localizada em frente ao Centro Social, no Bairro da Vila da COHAB.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_180_2025_vereador_andre_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_180_2025_vereador_andre_gijio.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, depois de ouvido o Plenário e cumpridas as normas regimentais que seja enviado ofício à Excelentíssima Senhora Prefeita Municipal de Sertânia, Pollyanna Barbosa de Abreu, solicitando a pavimentação em paralelepípedos (calçamento) do trecho final da rua que dá acesso ao cemitério do Povoado de Pernambuquinho, bem como da rua onde se localiza o postinho de saúde deste mesmo Povoado.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_181_2025_vereador_dorgival_rodrigues.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_181_2025_vereador_dorgival_rodrigues.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja encaminhado a Excelentíssima Senhora Prefeita Municipal de Sertânia Pollyana Barbosa Abreu, a presente INDICAÇÃO para que, por meio da Secretaria Municipal de Saúde, seja implantada a obrigatoriedade de guarda patrimonial 24 horas no Hospital Municipal.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/175/indicacao_182_2025_vereador_dorgival_rodrigues.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/175/indicacao_182_2025_vereador_dorgival_rodrigues.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja solicitado à Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu, extensivo à Secretaria de Infraestrutura, Serviços Públicos e Projetos Especiais do Município de Sertânia, o Sr. Adauto Júnior, no sentido de viabilizar a construção de uma passagem molhada do Sítio Barra de Jacu.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/176/indicacao_183_2025_vereador_dorgival_rodrigues.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/176/indicacao_183_2025_vereador_dorgival_rodrigues.pdf</t>
   </si>
   <si>
     <t>Indico a Excelentíssima Senhora Prefeita do Município de Sertânia Pollyanna Barbosa de Abreu, que determine à secretaria competente a instalação de_x000D_
 placas de sinalização viária, ao longo das principais vias de acesso, indicando o percurso correto até o Distrito de Henrique Dias.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/177/indicacao_184_2025_vereador_enilton_sousa.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/177/indicacao_184_2025_vereador_enilton_sousa.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa Abreu e ao Sr. Secretário de Infraestrutura, Projetos Especiais e Serviços Públicos, Adalto Junior, no sentido de que seja realizada a limpeza da região do Açude Velho, localizado por trás do Posto Vip.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao_185_2025_vereador_enilton_sousa.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao_185_2025_vereador_enilton_sousa.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa Abreu e ao Sr. Secretário de Infraestrutura, Projetos Especiais e Serviços Públicos, Adalto Junior, no sentido de que seja realizada a limpeza nas imediações do loteamento Sofia Dantas, bem como em ruas adjacentes.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_186_2025_vereador_enilton_sousa.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_186_2025_vereador_enilton_sousa.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício a Sra. Prefeita do Município Pollyanna Barbosa Abreu e ao Sr. Secretário de Infraestrutura, Projetos Especiais e Serviços Públicos, Adalto Junior, no sentido de que sejam instalados refletores nas dependências do cemitério do Povoado de Caroalina, uma vez que, trata-se de reivindicação da população da referida localidade.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao_187_2025_retirada_de_pauta.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao_187_2025_retirada_de_pauta.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais, que seja enviado ofício à Sra. Prefeita do Município Pollyanna Barbosa Abreu e ao Sr. Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais, Adalto Junior, no sentido de que seja realizada a pavimentação asfáltica no setor que compreende a saída da BR-232 e o acesso ao Povoado de Umburanas, até as imediações da Igreja da referida localidade.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_188_2025_vereador_washinton_passos.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_188_2025_vereador_washinton_passos.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício ao Secretário de infraestrutura e serviços_x000D_
 públicos do município de Sertânia, com cópia para o gabinete da prefeita solicitando que seja colocado as lâmpadas na fazenda boa vista, Sertânia/PE.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_189_2025_vereador_washington_passos_silva.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_189_2025_vereador_washington_passos_silva.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais, que seja enviado ofício ao Departamento de Estradas de Rodagem do Estado de Pernambuco – DER/PE, Diretoria de Operações e Construção – DO, 5° Distrito Rodoviário Sertânia-PE, no sentido de que seja realizado o roço na VPE-320 – Acesso a Rio da Barra – Entr. BR-232 (Maximiano Campos), bem como verificar uma erosão que fica próxima à ponte do Sítio Maia e vários consertos que estão surgindo na referida estrada.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_190_2025_vereador_washington_passos_silva.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_190_2025_vereador_washington_passos_silva.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que quando da conclusão do novo prédio da Câmara Municipal, seja_x000D_
 feita uma homenagem a ex-vereadora e primeira mulher a ocupar um cargo eletivo no município de Sertânia, D. Corina Lins de Siqueira, com o seu nome_x000D_
 em uma das dependências internas do referido prédio.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_191_2025_vereadora_patricia_da_conceicao_silva.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_191_2025_vereadora_patricia_da_conceicao_silva.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário, solicita à Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu, por meio da Secretaria Municipal de Cultura, Turismo, Juventude e Esportes, que seja incluída no Calendário Oficial de Eventos do Município de Sertânia a "Semana da Moda", a ser realizada anualmente no mês de agosto.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_192_2025_vereadora_patricia_da_conceicao_silva.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_192_2025_vereadora_patricia_da_conceicao_silva.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário, que seja enviado ofício a Exma. Sra.cPrefeita do Município de Sertânia, Pollyanna Barbosa de Abreu, por meio da Secretaria Municipal de Infraestrutura, Projetos Especiais e Serviços Públicos, que sejam tomadas as providências necessárias para a construção de uma quadra poliesportiva na comunidade quilombola Riacho dos Porcos, localizada na Zona Rural deste município</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao_193_2025_vereador_cicero_edvandro_de_melo.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao_193_2025_vereador_cicero_edvandro_de_melo.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja enviado ofício a Sra. Prefeita do Município de Sertânia -PE_x000D_
 Pollyanna Barbosa de Abreu, extensivo a Secretaria de Infraestrutura, Serviços Públicos e Projetos Especiais, o Sr. José Adauto Soares Júnior, que evidenciem os esforços necessário para a construção de um Ginásio Poliesportivo no Sítio Pinheiro, abrangendo Pinheiro de Cima e de Baixo.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao_no_194_2025_vereador_luiz_abel.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao_no_194_2025_vereador_luiz_abel.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu, e ao Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais, solicitando que seja realizado o serviço de pavimentação asfáltica nas Ruas Antônio Alves, Francisco Alves e as demais, respectivamente no Distrito de Albuquerque Né.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_195_2025_vereador_jose_rielson_macario_dos_santos.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_195_2025_vereador_jose_rielson_macario_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e cumprida às formalidades regimentais, que seja enviado ofício a Sra. Pollyanna Barbosa de Abreu e ao Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais o Sr. José Adauto Soares Júnior, no sentido que seja solicitado a realização da construção de um Ginásio Poliesportivo no Povoado de Umburanas.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_196_2025_vereador_jose_rielson_macario_dos_santos.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_196_2025_vereador_jose_rielson_macario_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Sra. Pollyanna Barbosa de Abreu e ao Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais, Sr. José Adauto Soares Júnior, no sentido de que seja solicitada a iluminação pública ao lado da Rodovia 232, próximo ao posto de Seu Matias, como também, em torno desta área, a construção de uma praça pública, no Povoado de Cruzeiro do Nordeste.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_no_197_2025_vereador_luiz_abel.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_no_197_2025_vereador_luiz_abel.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e cumpridas as formalidades regimentais, que seja enviado à Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu, e ao Diretor do DER, 5° Distrito, no sentido de que seja promovida a implementação de redutores de velocidade, com a devida sinalização, no entorno do contorno rodoviário, nas proximidades do trevo sentido Monteiro-PB._x000D_
 _x000D_
 Da decisão desta Casa e do inteiro teor desta proposição, dê-se conhecimento à Senhora Prefeita Pollyanna Barbosa de Abreu.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_no_198_2025_retirado_de_pauta-17-09-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_no_198_2025_retirado_de_pauta-17-09-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Excelentíssima Senhora Prefeita Municipal de Sertânia, Pollyanna Abreu, а_x000D_
 realização de reforma do Mercado Público Municipal de Sertânia.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_no_199_2025_vereador_andre_gijio-17-09-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_no_199_2025_vereador_andre_gijio-17-09-2025.pdf</t>
   </si>
   <si>
     <t>Indica à Excelentíssima Senhora Prefeita Municipal de Sertânia, Pollyanna Abreu, a execução de pavimentação asfáltica nas seguintes ruas do bairro Mário Melo:_x000D_
 Rua Terezinha Laet_x000D_
 Rua Maria Patriota Ramos_x000D_
 Rua Expedito Salvador de Araújo_x000D_
 Rua Luiz Salvador de Araújo_x000D_
 Rua Maria Olívia da Conceição</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_no_200_2025_vereador_cicero_edvandro-17-09-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_no_200_2025_vereador_cicero_edvandro-17-09-2025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades_x000D_
 regimentais, que seja enviado a Excelentíssima Senhora Prefeita do Município_x000D_
 de Sertânia, Pollyanna Barbosa de Abreu, no sentido de que seja realizado o_x000D_
 conserto na passagem molhada no Sítio Riacho do Caroá próximo a Rosa de_x000D_
 Fiongo.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_no_201_2025_vereador_cicero_edvandro-17-09-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_no_201_2025_vereador_cicero_edvandro-17-09-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que_x000D_
 seja formulado apelo ao Secretário de Agricultura, o Sr. Antônio Almeida, no_x000D_
 sentido de que seja feita melhorias nas estradas dos Sítios Belamento, Tereza,_x000D_
 Cipó e adjacentes.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_no_202_2025_vereador_cicero_edvandro-17-09-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_no_202_2025_vereador_cicero_edvandro-17-09-2025.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades_x000D_
 regimentais, que seja enviado a Excelentíssima Senhora Prefeita do Município_x000D_
 de Sertânia, Pollyanna Barbosa de Abreu, no sentido de que seja realizado o_x000D_
 conserto na passagem molhada no Sítio Barra, em Sebastião de Dedé de_x000D_
 Rosa.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_no_203_2025_vereador_damiao_silva-17-09-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_no_203_2025_vereador_damiao_silva-17-09-2025.pdf</t>
   </si>
   <si>
     <t>Indico à mesa, depois de ouvido o plenário e cumpridas as formalidades regimentais,_x000D_
 que seja enviado ofício ao Excelentíssimo Senhor Deputado Federal Eduardo da Fonte,_x000D_
 solicitando a destinação de emenda parlamentar para a aquisição de uma Unidade de Terapia_x000D_
 Intensiva (UTI) Móvel destinada ao município de Sertânia, no Estado de Pernambuco.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_no_204_2025_vereador_andre_gijio-17-09-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_no_204_2025_vereador_andre_gijio-17-09-2025.pdf</t>
   </si>
   <si>
     <t>Indico à Excelentíssima Senhora Prefeita Municipal de Sertânia, Pollyanna Barbosa de Abreu, a adoção_x000D_
 de medidas administrativas para garantir o repasse do Incentivo Financeiro Adicional aos Agentes_x000D_
 Comunitários de Saúde (ACS) e aos Agentes de Combate às Endemias (ACE) do municipio de_x000D_
 Sertânia.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_no_205_2025_vereador_jose_rielson_macario_dos_santos.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_no_205_2025_vereador_jose_rielson_macario_dos_santos.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício a Sra. Pollyanna Barbosa Abreu e ao Sr. Secretário de Infraestrutura de Obras e Serviços Públicos Sr. Adauto Júnior, no sentido que seja solicitado o calçamento da Rua Albuquerque Né e da Rua Umburanas localizadas no povoado de Umburanas.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_no_206_2025_vereador_andre_chaves_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_no_206_2025_vereador_andre_chaves_gijio.pdf</t>
   </si>
   <si>
     <t>Indico à Excelentíssima Senhora Prefeita Municipal de Sertânia, Pollyanna Barbosa_x000D_
 Abreu, que solicite à Secretaria de Defesa Social do Estado de Pernambuco, bem como_x000D_
 ao Comando da Polícia Militar de Pernambuco, a realização de reforma no Batalhão de_x000D_
 Polícia de Sertânia.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_no_207_2025_vereador_andre_chaves_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_no_207_2025_vereador_andre_chaves_gijio.pdf</t>
   </si>
   <si>
     <t>Indico à Excelentíssima Senhora Prefeita Municipal de Sertânia, Pollyanna Barbosa de_x000D_
 Abreu, que solicite junto ao Instituto Agronômico de Pernambuco - IPA, presidido pelo_x000D_
 Sr. Miguel Arcanjo Ferraz Duque, a perfuração de um poço artesiano para atender à_x000D_
 Escola Técnica Estadual Arlindo Ferreira dos Santos - ETE Sertânia.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_no_208_2025_vereador_andre_chaves_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_no_208_2025_vereador_andre_chaves_gijio.pdf</t>
   </si>
   <si>
     <t>Indico à Excelentissima Senhora Prefeita Municipal de Sertânia, Pollyanna Barbosa de Abreu, a_x000D_
 execução da pavimentação em paralelepípedos (calçamento) da Rua São Lucas, localizada no_x000D_
 Bairro Mário Melo.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_no_209_2025_vereador_andre_chaves_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_no_209_2025_vereador_andre_chaves_gijio.pdf</t>
   </si>
   <si>
     <t>Indico à Excelentíssima Senhora Prefeita Municipal de Sertânia, Pollyanna Barbosa de_x000D_
 Abreu, a realização de reforma, reconstrução e pavimentação da pracinha localizada na_x000D_
 Rua Frei Damião, por trás da quadra do DER e descendo a Escola Mundo Mágico, neste município.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_no_210_2025_vereador_andre_chaves_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_no_210_2025_vereador_andre_chaves_gijio.pdf</t>
   </si>
   <si>
     <t>Indica à Excelentíssima Senhora Prefeita Municipal de Sertânia, Pollyanna Barbosa de_x000D_
 Abreu, que determine, junto ao Secretário Municipal de Agricultura, Antônio Almeida,_x000D_
 a reforma da passagem molhada localizada no Sítio Serecé de Baixo, nas proximidades_x000D_
 da fazenda do senhor Agostinho, bem como a realização de serviços de recuperação das_x000D_
 estradas de terra próximas à localidade.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_no_211_2025_vereador_andre_chaves_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_no_211_2025_vereador_andre_chaves_gijio.pdf</t>
   </si>
   <si>
     <t>Indico à Excelentíssima Senhora Prefeita Municipal de Sertânia, Pollyanna Barbosa de_x000D_
 Abreu, a implantação de banheiros de alvenaria em todas as praças do município de_x000D_
 Sertânia.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_no_212_2025_vereador_andre_chaves_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_no_212_2025_vereador_andre_chaves_gijio.pdf</t>
   </si>
   <si>
     <t>Indico à Excelentíssima Senhora Prefeita Municipal de Sertânia, Pollyanna Barbosa de_x000D_
 Abreu, a realização de reforma do Viveiro de Mudas do Município de Sertânia.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_no_213_2025_vereador_alexandre_laet.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_no_213_2025_vereador_alexandre_laet.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário, na forma regimental, que seja encaminhado expediente à Excelentíssima Prefeita Sra. Pollyana Barbosa Abreu, por intermédio da Secretaria de Desenvolvimento Social e Cidadania, solicitando a adoção de providências para a realização de melhorias estruturais e aquisição de bens essenciais para a Casa de Acolhimento de Menores de Sertânia.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_no_214_2025_vereador_jose_etelvino_junior.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_no_214_2025_vereador_jose_etelvino_junior.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo à Prefeita do Município de Sertânia, Sra. Pollyanna Barbosa de Abreu e à Secretária de Educação, a Sra. Marta Cristina e ao Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais, o Sr. Adauto Júnior, no sentido de que seja feita a reforma e reestruturação da Escola Maria Verônica no Sítio Caianas.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_no_215_2025_vereador_jose_damiao_da_silva.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_no_215_2025_vereador_jose_damiao_da_silva.pdf</t>
   </si>
   <si>
     <t>Indico à mesa, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja enviado ofício à Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu, solicitando a reconstrução da passagem molhada localizada no Sítio Maxixe, nas proximidades da residência do saudoso Chico Calista.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/284/indicacao_no_216_2025_vereador_jose_etelvino_lins_de_a_junior.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/284/indicacao_no_216_2025_vereador_jose_etelvino_lins_de_a_junior.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo à Prefeita do Município de Sertânia, Srª. Pollyanna Barbosa de Abreu, ao Secretário de Segurança Cidadã, Juventude, Esportes, Cultura e Turismo, Sr. Galdêncio Neto, e ao Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais, o Sr. Adauto Júnior, no sentido de que seja construído um Mirante no Cruzeiro do Gogó da Gata, em Sertânia.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/285/indicacao_no_217_2025_vereador_etelvino_junior.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/285/indicacao_no_217_2025_vereador_etelvino_junior.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo a Exma. Governadora do Estado de Pernambuco, Dr.ª Raquel Teixeira Lyra Lucena, e ao Secretário de Meio Ambiente, Sustentabilidade e de Fernando de Noronha do Estado de Pernambuco, o Sr. Daniel Pires Coelho, com cópia à Secretária executiva de Meio Ambiente do Estado de Pernambuco, a Sra Helena de Andrade Lima Saboya Albuquerque, no sentido de que seja instalada uma Usina de Reciclagem de Lixo no Município de Sertânia.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/286/indicacao_no_218_2025_vereador_luiz_abel_de_albuquerque_arruda.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/286/indicacao_no_218_2025_vereador_luiz_abel_de_albuquerque_arruda.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado ofício ao Secretário de Infraestrutura e Projetos Especiais Sr. Adauto Júnior, no sentido que seja realizada a reforma e ampliação da Escola Antônia Marcos da Silva, na comunidade do Riacho dos Porcos, na Zona Rural do Município de Sertânia -PE.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/287/indicacao_no_219_2025_vereador_jose_rielson.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/287/indicacao_no_219_2025_vereador_jose_rielson.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumprida as formalidades regimentais, que seja enviado ofício ao Sra. Pollyanna Barbosa Abreu e Sr. Secretário de Infraestrutura de Obras e Serviços Públicos Sr. Adauto Júnior, no sentido que seja solicitado a construção de uma praça localizada no povoado de Umburanas.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/288/indicacao_no_220_2025_vereador_luiz_abel.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/288/indicacao_no_220_2025_vereador_luiz_abel.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado ofício a Exma. Sra. Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu no sentido de que seja construído banheiros feminino e masculino, ao lado da arquibancada no Estádio Municipal de Futebol Odilon Ferreira.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/289/indicacao_no_221_2025_vereadorjose_etelvino_lins_de__a_junior.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/289/indicacao_no_221_2025_vereadorjose_etelvino_lins_de__a_junior.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo à Prefeita do Município de Sertânia, Sra. Pollyanna Barbosa de Abreu, e ao Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais, o Sr. Adauto Júnior, no sentido de que sejam feitas pavimentações asfálticas no município de Sertânia, nas ruas abaixo especificadas:_x000D_
 _x000D_
 Rua das Tabocas_x000D_
 Rua dos Guararapes_x000D_
 Travessa Henrique Dias_x000D_
 Rua Josefa Gomes_x000D_
 Rua Catarina dos Santos_x000D_
 Rua João Arruda Filho_x000D_
 _x000D_
 Rua Rui Barbosa_x000D_
 _x000D_
 Rua Oscar Cajueiro</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/290/indicacao_no_222_2025_vereadorjose_etelvino_lins_de__a_junior.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/290/indicacao_no_222_2025_vereadorjose_etelvino_lins_de__a_junior.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo a Excelentíssima Governadora do Estado de Pernambuco, Drª. Raquel Teixeira Lyra Lucena, e à Secretária de Cultura de Pernambuco, a Srª Cacau de Paula, com cópia para a Diretora Presidente da FUNDARPE, a Srª Renata Duarte Borba, e ao Presidente da EMPETUR o Sr. Eduardo José Carneiro da Cunha Loyo, no sentido de que Sertânia seja inserida entre as cidades que receberão o Festival Pernambuco Meu País nas próximas edições.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/291/indicacao_no_223_2025_vereadorjose_etelvino_lins_de__a_junior.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/291/indicacao_no_223_2025_vereadorjose_etelvino_lins_de__a_junior.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo à Prefeita do Município de Sertânia, Sra. Pollyanna Barbosa de Abreu e ao Secretário de Segurança Cidadã, Juventude, Esportes, Cultura e Turismo, Sr. Galdêncio Neto, no sentido de que seja realizado um Festival de Aboios e Toadas em Sertânia.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao_no_224_2025_vereadorjose_etelvino_lins_de__a_junior.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao_no_224_2025_vereadorjose_etelvino_lins_de__a_junior.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado apelo à Prefeita do Município de Sertânia, Sra. Pollyanna Barbosa de Abreu e ao Secretário de Segurança Cidadã, Juventude, Esportes, Cultura e Turismo, Sr. Galdêncio Neto, no sentido de que seja criado o Festival "Fé no Sertão", em Sertânia, com shows de artistas da música Gospel e da música Católica.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao_no_225_2025_vereador_luiz_abel.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao_no_225_2025_vereador_luiz_abel.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado ofício a Exma. Sra. Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu no sentido de que sejam realizadas reformas do prédios Municipais, Mercado Público, a antiga Escola Alcides Lopes e o Clube Recreativo no Distrito de Albuquerque Né.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_no_226_2025_vereador_luiz_abel.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_no_226_2025_vereador_luiz_abel.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado ofício a Exma. Sra. Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu no sentido de que seja realizado o recapeamento e recuperação do calçamento da estrada que dá acesso a Escola Municipal Marcelo Lafayette, antiga Escola Agrícola.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao_no_227_2025_vereador_luiz_abel.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao_no_227_2025_vereador_luiz_abel.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado ofício a Exma. Sra. Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu no sentido de que a cozinha comunitária seja instalada no Prédio da antiga Escola Alcides Lopes de Siqueira, localizada no Distrito de Albuquerque Né.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao_no_228_2025_vereadora_patricia_da_conceicao.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao_no_228_2025_vereadora_patricia_da_conceicao.pdf</t>
   </si>
   <si>
     <t>Indico, nos termos regimentais, que seja encaminhado ofício à Prefeitura Municipal de Sertânia, na pessoa da Excelentíssima Prefeita Pollyana Abreu, solicitando a implantação de iluminação pública na Rua do Juá.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/297/indicacao_no_229_2025_vereadora_patricia_da_conceicao.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/297/indicacao_no_229_2025_vereadora_patricia_da_conceicao.pdf</t>
   </si>
   <si>
     <t>Indico, nos termos regimentais, que seja encaminhado ofício à Prefeitura Municipal de Sertânia, na pessoa da Excelentíssima Prefeita Pollyana Abreu, solicitando a implantação de iluminação pública na Rua Pergentino Batista, na Vila da Cohab.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/298/indicacao_no_230_2025_vereadora_patricia_da_conceicao.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/298/indicacao_no_230_2025_vereadora_patricia_da_conceicao.pdf</t>
   </si>
   <si>
     <t>Indico, nos termos regimentais, que seja encaminhado ofício à Prefeitura Municipal de Sertânia, na pessoa da Excelentíssima Prefeita Pollyana Abreu, solicitando a implantação de iluminação pública na Rua Maria Patriota Ramos.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/299/indicacao_no_231_2025_vereador_andre_chaves_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/299/indicacao_no_231_2025_vereador_andre_chaves_gijio.pdf</t>
   </si>
   <si>
     <t>Indico à Excelentíssima Senhora Prefeita Municipal de Sertânia, Pollyanna Abreu, a conclusão da pavimentação em paralelepípedos (calçamento) da Rua João Alves da Silva, no Bairro Alto Rio Branco, nas proximidades da residência da Sra. Iracy Pereira, nº 38.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/300/indicacao_no_232_2025_vereador_andre_chaves_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/300/indicacao_no_232_2025_vereador_andre_chaves_gijio.pdf</t>
   </si>
   <si>
     <t>Indico à Excelentíssima Senhora Prefeita Municipal de Sertânia, Pollyanna Abreu, a realização de pavimentação em paralelepípedos (calçamento) e nomeação oficial das Ruas 1 e 2, localizadas no Bairro Ferro Novo, nas chamadas "Casinhas Novas", também conhecidas como Mocoquinha.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_no_233_2025_vereador_jose_rielson.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_no_233_2025_vereador_jose_rielson.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado a criação de dois Letreiros, um localizado na entrada do Distrito de Algodões e o outro localizado na entrada de Cruzeiro do Nordeste.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_no_234_2025_vereador_niltinho_sousa.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_no_234_2025_vereador_niltinho_sousa.pdf</t>
   </si>
   <si>
     <t>Solicita a conclusão da pavimentação da Rua Antônio Guilhermino Ramos, no_x000D_
 Bairro Mario Melo Nova, nas proximidades da casa da pastora Alaíde até o setor que_x000D_
 compreende o final da referida rua.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_no_235_2025_vereador_niltinho_sousa.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_no_235_2025_vereador_niltinho_sousa.pdf</t>
   </si>
   <si>
     <t>Que_x000D_
 sejam realizadas pavimentações asfálticas nas ruas Paulo Barros Correia e Acilon_x000D_
 Alves Freitas, ambas localizadas no Bairro Mario Melo.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_no_236_2025_vereador_andre_chaves_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_no_236_2025_vereador_andre_chaves_gijio.pdf</t>
   </si>
   <si>
     <t>A criação e implantação de uma Cozinha Comunitária no Bairro Ferro Novo, neste município.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_no_237_2025_vereador_luiz_abel.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_no_237_2025_vereador_luiz_abel.pdf</t>
   </si>
   <si>
     <t>Que seja revista a quantidade de_x000D_
 professores em relação ao número de turmas na Escola Municipal João Pereira_x000D_
 Vale, localizada na comunidade do Distrito de Henrique Dias. Solicito mais um_x000D_
 professor para essa referida Escola.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_no_238_2025_vereador_cicero_edvandro_de_melo.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_no_238_2025_vereador_cicero_edvandro_de_melo.pdf</t>
   </si>
   <si>
     <t>Reforma das_x000D_
 paredes do Cemitério Público Municipal de Sertânia - PЕ.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao_no_239_2025_vereador_cicero_edvandro_de_melo.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao_no_239_2025_vereador_cicero_edvandro_de_melo.pdf</t>
   </si>
   <si>
     <t>Que seja construído um espaço_x000D_
 no Cemitério Público Municipal, para os trabalhadores guardarem o material_x000D_
 usado para desempenhar suas funções, como também a construção de_x000D_
 banheiros públicos nesse referido local.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao_no_240_2025_vereador_jose_mario_leal_vilela.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao_no_240_2025_vereador_jose_mario_leal_vilela.pdf</t>
   </si>
   <si>
     <t>ESTUDO TÉCNICO E ORÇAMENTÁRIO PARA A REQUALIFICAÇÃO DA PRACINHA DA VILA DO FERRO VELHO.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_no_241_2025_vereador_jose_mario_leal_vilela.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_no_241_2025_vereador_jose_mario_leal_vilela.pdf</t>
   </si>
   <si>
     <t>ESTUDO TÉCNICO E_x000D_
 ORÇAMENTÁRIO PARA A SUBSTITUIÇÃO DAS LOMBADAS_x000D_
 QUE ENCONTRAM-SE EM FRENTE ÀS ESCOLAS JORGE DE_x000D_
 MENEZES, OLAVO BILAC, AMARO LAFAYETE, IZAURA_x000D_
 XAVIER, ETELVINO LINS E ESCOLA PRESIDENTE VARGAS_x000D_
 POR PASSAGENS ELEVADAS DE PEDESTRES.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_no_242_2025_vereador_jose_mario_leal_vilela.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_no_242_2025_vereador_jose_mario_leal_vilela.pdf</t>
   </si>
   <si>
     <t>ESTUDO TÉCNICO E ORÇAMENTÁRIO_x000D_
 PARA REFORMA E REQUALIFICAÇÃO DO PRÉDIO DA ANTIGA_x000D_
 ESCOLA MUN. MANOEL TOMÁS DE AQUINO, NO POVOADO_x000D_
 DA MANIÇOBA PARA CRIAÇÃO DE UM CENTRO_x000D_
 COMUNITÁRIO/CULTURAL, PARA USO COMO POSTO DE_x000D_
 SAÚDE OU QUALQUER OUTRO USO DE INTERESSE DA_x000D_
 COMUNIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_no_243_2025_vereador_andre_chaves_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_no_243_2025_vereador_andre_chaves_gijio.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições regimentais, indica à Excelentíssima_x000D_
 Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu, que seja realizado_x000D_
 estudo técnico e administrativo visando ao cumprimento do Requerimento nº 02/2025, de_x000D_
 autoria deste parlamentar, que solicita a criação de um Programa Municipal de Doação de_x000D_
 Peixes na Semana Santa, destinado às famílias em situação de vulnerabilidade social.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_no_244_2025_vereador_luiz_abel.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_no_244_2025_vereador_luiz_abel.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas às formalidades regimentais, que seja enviado ofício ao Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais Senhor Adauto Júnior, no sentido de colocar placas ou pinturas de identificação dos Prédios do Posto de Saúde Tenente_x000D_
 Evandro Laet Cavalcanti, localizado do Bairro do Alto do Rio Branco e na_x000D_
 Creche Prefeito Raimundo Alves de Góis Melo, localizada próximo ao Centro_x000D_
 Social Urbano, devido ao tempo, os nomes destes referidos prédios estão apagados.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_no_245_2025_vereador_damiao_silva.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_no_245_2025_vereador_damiao_silva.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa. Depois de ouvido o Plenário e cumpridas as normas regimentais, que seja enviado oficio a Excelentíssima Prefeita do Município de Sertânia, Sra. Pollyanna Barbosa de Abreu, que determine ao setor competente da Prefeitura a construção de 01 (um) redutor de velocidade (lombada) na Rua 14, esquina com a Rua 8, Vila da COHAB, neste Município.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_no_246_2025_andre_chaves_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_no_246_2025_andre_chaves_gijio.pdf</t>
   </si>
   <si>
     <t>Indico à Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa_x000D_
 Abreu, a necessidade de reforma e ampliação na estrutura do Posto de Saúde do Bairro_x000D_
 Mário Melo, localizado entre as ruas Zezinho Patriota e Elias F. Silva, nesta cidade.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao_no_247_2025_andre_chaves_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao_no_247_2025_andre_chaves_gijio.pdf</t>
   </si>
   <si>
     <t>Indico à Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa_x000D_
 de Abreu, a necessidade de reforma, ampliação e melhoramento da praça localizada na_x000D_
 Rua Josefa Gomes, no Bairro Mário Melo, nesta cidade.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_no_248_2025_retirada_de_pauta.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_no_248_2025_retirada_de_pauta.pdf</t>
   </si>
   <si>
     <t>Requere no sentido de_x000D_
 que seja instalada uma faixa elevada para pedestres no cruzamento da_x000D_
 Avenida Joaquim Nabuco com a Rua 13 de Maio, na Via parque.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_no_249_2025_vereador_etelvino_junior.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_no_249_2025_vereador_etelvino_junior.pdf</t>
   </si>
   <si>
     <t>Solicita que seja retirada a lombada situada na esquina das Lojas Americanas, na_x000D_
 Avenida Agamenon Magalhães.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_no_250_2025_vereador_etelvino_junior.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_no_250_2025_vereador_etelvino_junior.pdf</t>
   </si>
   <si>
     <t>Solicita no sentido de que seja instalada uma lombada na PE 280, em frente ao Residencial Sibas Brito, no município de Sertânia.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/321/indicacao_no_251_2025-_andre_chaves_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/321/indicacao_no_251_2025-_andre_chaves_gijio.pdf</t>
   </si>
   <si>
     <t>Solicito que seja formulado apelo, sugerindo ao Poder Executivo Municipal,_x000D_
 por meio da Secretaria Municipal der Saúde, que seja disponibilizado uma vez por mês, um_x000D_
 veículo do tipo carro, van ou micro-ônibus, para o transporte de cidadãos sertanienses até o_x000D_
 HEMOPE da cidade de Arcoverde, a fim de viabilizar a doação voluntária de sangue.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/322/indicacao_no_252_2025-_vereador_jose_etelvino_l_a_junior_.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/322/indicacao_no_252_2025-_vereador_jose_etelvino_l_a_junior_.pdf</t>
   </si>
   <si>
     <t>Solicito que seja formulado apelo à Prefeita do Município de Sertânia, Senhora Pollyanna Barbosa de Abreu e ao_x000D_
 Secretário de Infraestrutura, Serviços Públicos e Projetos Especiais, Senhor Adauto Júnior, no_x000D_
 sentido de que sejam feitos reparos nos equipamentos de atividade fisica na Via Parque.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_no_253_2025_vereador_jose_mario.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_no_253_2025_vereador_jose_mario.pdf</t>
   </si>
   <si>
     <t>Solicitando A CONTRATAÇÃO DE UMA PESSOA PARA_x000D_
 PREPARAR AS REFEIÇÕES NA CASA DO ESTUDANTE DE_x000D_
 SERTÂNIA.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_no_254_2025_vereador_jose_mario.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_no_254_2025_vereador_jose_mario.pdf</t>
   </si>
   <si>
     <t>Solicitando ESTUDO TÉCNICO E ORÇAMENTÁRIO_x000D_
 PARA REFORMA E REQUALIFICAÇÃO DO PONTO DE_x000D_
 ÔNIBUS/LOTAÇÃO LOCALIZADO NAS MARGENS DA BR-110,_x000D_
 SENTIDO A CIDADE DE ARCOVERDE, PRÓXIMO AO ABRIGO,_x000D_
 ВЕМ СОМO A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_no_255_2025_vereador_jose_mario.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_no_255_2025_vereador_jose_mario.pdf</t>
   </si>
   <si>
     <t>Solicitando ESTUDO TÉCNICO E ORÇAMENTÁRIO_x000D_
 PARA A CONSTRUÇÃO DE UMA PRAÇA NO BAIRRO DA_x000D_
 CERÂMICA, NO ESPAÇO ONDE ERA CORTADO PELA ANTIGA_x000D_
 LINHA FERROVIÁRIA, NA RUA MAESTRO SEBAS MARIANO.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_no_256_2025-_vereador_jose_etelvino_l_a_junior_.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_no_256_2025-_vereador_jose_etelvino_l_a_junior_.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja_x000D_
 formulado apelo à Excelentíssima Senhora Prefeita do Município de Sertânia,_x000D_
 Pollyanna Barbosa de Abreu, e ao Senhor Secretário de Segurança Pública e_x000D_
 Mobilidade Urbana, Celestino Barros, no sentido de que seja instalada uma faixa_x000D_
 elevada para pedestres no cruzamento da Avenida Joaquim Nabuco com a Rua 13 de_x000D_
 Maio, na Via parque.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_no_257_2025_vereador_damiao_silva.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_no_257_2025_vereador_damiao_silva.pdf</t>
   </si>
   <si>
     <t>Indico à Excelentíssima Senhora Prefeita do Município de Sertânia, Sra. Pollyanna_x000D_
 Barbosa de Abreu, que determine ao setor competente da Prefeitura, a construção_x000D_
 de um redutor de velocidade (lombada) na Rua Agamenon Magalhães, em frente à_x000D_
 Igreja Sagrado Coração de Jesus, neste Município.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_no_258_2025_vereadora_patricia_da_conceicao.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_no_258_2025_vereadora_patricia_da_conceicao.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, depois de ouvido o Plenário e cumpridas às formalidades regimentais,_x000D_
 solicito á Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa_x000D_
 de Abreu, que seja realizada a pavimentação da Rua Luiz Almeida Salles, localizada no_x000D_
 Bairro Nova Sertânia.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_no_259_2025_vereadora_patricia_da_conceicao.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_no_259_2025_vereadora_patricia_da_conceicao.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas as normas regimentais, solicito á_x000D_
 Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu, que seja realizada a pavimentação das Travessas 3 e 4, localizadas no Bairro Nova Sertânia, neste Município.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao_no_260_2025_vereadora_patricia_da_conceicao.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao_no_260_2025_vereadora_patricia_da_conceicao.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa depois de ouvido o Plenário, e cumpridas as normas regimentais, solicito á_x000D_
 Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu, que seja_x000D_
 realizada a pavimentação da Rua Geraldo Lins.</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_no_261_2025_vereadora_patricia_da_conceicao.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_no_261_2025_vereadora_patricia_da_conceicao.pdf</t>
   </si>
   <si>
     <t>Solicita a revitalização completa da Praça Juca Queiroz, mais conhecida como Praça da Pedra Grande.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/325/indicacao_no_262_2025_vereador_cicero_edvandro.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/325/indicacao_no_262_2025_vereador_cicero_edvandro.pdf</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE SEJA COLOCADO PLACA DE SINALIZAÇÃO REFERENTE À LOMBADA LOCALIZADA EM FRENTE AO ABRIGO, AO LADO DO BAIRRO DO ALTO DO RIO BRANCO, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/326/indicacao_no_263_2025_vereador_cicero_edvandro.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/326/indicacao_no_263_2025_vereador_cicero_edvandro.pdf</t>
   </si>
   <si>
     <t>SOLICITO COLOCAR PLACAS OU PINTURAS DE IDENTIFICAÇÃO DOS LOGRADOUROS PÚBLICOS MUNICIPAIS, DO POSTO DE SAUDE MARCELO HENRIQUE SANTOS E NA QUADRA JOÃO XAVIER DE MELO, LOCALIZADO NO SITIO CAROÁ. DEVIDO AO TEMPO, OS NOMES DESTES REFERIDOS LOGRADOUROS JÁ NÃO EXISTEM OU ESTÃO APAGADOS.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/336/indicacao_no_264_2025_vereador_cicero_edvandro.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/336/indicacao_no_264_2025_vereador_cicero_edvandro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, ouvido o plenário e cumpridas às formalidades regimentais, que seja encaminhado oficio a Senhora Prefeita do Município POLLYANNA BARBOSA DE ABREU e as Secretarias competentes a pedido para realizar serviços de: CONSTRUÇÃO DE CASA DE VELÓRIO, nesta cidade.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/339/indicacao_no_265_2025_vereador_cicero_edvandro.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/339/indicacao_no_265_2025_vereador_cicero_edvandro.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o plenário e cumpridas às formalidades regimentais, que seja formulado apelo a Sra. Prefeita do Município de Sertânia,_x000D_
 Pollyanna Barbosa de Abreu e extensivo a Sra. Secretária de Saúde Deysiane Maria da Silva, solicitando que seja providenciado um plantonista para atendimento odontológico emergencial no Hospital Maria Alice Gomes Lafayette, neste Município.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/340/indicacao_no_266_2025_vereador_cicero_edvandro.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/340/indicacao_no_266_2025_vereador_cicero_edvandro.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja solicitado a Exma. Sra. Dra. Raquel Teixeira Lyra Lucena, Governadora do Estado de Pernambuco, no sentido de envidar esforços necessários para a implantação de uma casa de apoio para pacientes e acompanhantes que se deslocam para tratamento de saúde na cidade de Serra Talhada.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/343/indicacao_no_267_2025_vereador_cicero_edvandro.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/343/indicacao_no_267_2025_vereador_cicero_edvandro.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, depois de ouvido o plenário e cumpridas as formalidades regimentais, que seja solicitado a Exma. Sra. Prefeita Márcia Conrado e ao Secretário de Ação Social e Cidadania Márcio Oliveira da cidade de Serra Talhada, no Estado de Pernambuco, no sentido de envidarem esforços necessários para a implantação de uma casa de apoio para pacientes e acompanhantes que se deslocam para tratamento de saúde nesse referido Município.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/344/indicacao_no_268_2025_vereador_andre_chaves_gijio.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/344/indicacao_no_268_2025_vereador_andre_chaves_gijio.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, depois de ouvido o Plenário e cumpridas as normas regimentais que seja enviado à Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa Abreu, que determine à Guarda Municipal a realização de fiscalização aos domingos, em dois importantes pontos de lazer e convivência, deste Município, no Açude do Governo e na Barragem do Doze.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/346/indicacao_no_269_2025_vereador_washington_passos.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/346/indicacao_no_269_2025_vereador_washington_passos.pdf</t>
   </si>
   <si>
     <t>indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício ao Secretário de infraestrutura e serviços_x000D_
 públicos do município de Sertânia, com cópia para o gabinete da prefeita solicitando que sejam tomadas as providencias no sentido de que seja requalificada a quadra de Esportes José Pereira do Nascimento (Zé Valetim), localizada na Vila do Rio da Barra, com novos alambrados, pintura, traves e_x000D_
 redes, fechando suas laterais e fazendo um acesso em paralelepípedo da estrada até os portões da mesma.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/347/indicacao_no_270_2025_vereador_washington_passos.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/347/indicacao_no_270_2025_vereador_washington_passos.pdf</t>
   </si>
   <si>
     <t>indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício ao Secretário de infraestrutura e serviços públicos do município de Sertânia, com cópia para o gabinete da prefeita solicitando que seja feita uma requalificação nas praças da Vila do Rio da Barra com troca de postes e lâmpadas, bancos e reposição de algumas árvores.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_no_271_2025_vereador_washington_passos.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_no_271_2025_vereador_washington_passos.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício ao Secretário de infraestrutura e serviços públicos do município de Sertânia, com cópia para o gabinete da prefeita e secretaria de educação solicitando que seja feita a troca de parte do telhado do refeitório e corredores da Escola Municipal Coronel Ernani Gomes de Araújo, e também sugerindo a compra de dois imóveis que se encontram abandonados vizinho a escola, onde no espaço dos mesmos seria construído um auditório e uma biblioteca para atender as demandas escolares.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/349/indicacao_no_272_2025_vereador_washington_passos.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/349/indicacao_no_272_2025_vereador_washington_passos.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário e obedecidas às normas regimentais que seja enviado ofício ao Secretário de infraestrutura e serviços públicos do município de Sertânia, com cópia para o gabinete da prefeita solicitando que sejam tomadas as providencias no sentido de enviar ofício a_x000D_
 NEOENERGIA, para que seja realizado com urgência a troca do transformador existente por outro mais potente na Vila do Rio da Barra Sertânia PE.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/350/indicacao_no_273_2025_vereadora_patricia_da_conceicao.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/350/indicacao_no_273_2025_vereadora_patricia_da_conceicao.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário, cumprindo as formalidades regimentais, que seja encaminhado expediente á Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu, solicitando a manutenção do dessalinizador do Sítio Piranhas, zona rural do nosso município._x000D_
    A presente solicitação tem como objetivo garantir o pleno funcionamento do equipamento, responsável por fornecer água potável às famílias da comunidade, assegurando qualidade e regularidade no abastecimento.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/351/indicacao_no_274_2025_vereadora_patricia_da_conceicao.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/351/indicacao_no_274_2025_vereadora_patricia_da_conceicao.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário, cumprindo as formalidades regimentais, que seja encaminhado expediente á Excelentíssima Senhora Prefeita do Município de Sertânia, Pollyanna Barbosa de Abreu, solicitando a disponibilização de uma retroescavadeira para o Distrito de Moderna, a fim de atender às demandas estruturais e emergenciais da comunidade.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/352/indicacao_no_275_2025_vereadora_patricia_da_conceicao.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/352/indicacao_no_275_2025_vereadora_patricia_da_conceicao.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário, e cumprindo as formalidades regimentais, que seja encaminhado expediente à Sra. Pollyanna Barbosa de Abreu, Secretária Municipal competente, solicitando o reparo da barragem do Sítio Pinheiro, bem como a ativação completa de seu funcionamento, garantindo assim o abastecimento regular e a plena utilização desse importante reservatório pela comunidade local.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/354/indicacao_no_276_2025_vereador_damiao_silva.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/354/indicacao_no_276_2025_vereador_damiao_silva.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, Depois de ouvido o Plenário e cumpridas as formalidades regimentais que envie expediente a Excelentíssima Senhora Prefeita Municipal de Sertânia a necessidade de implantação de um Sistema de Dessalinização - Dessalinizador - no Sítio Pau Branco, visando garantir água potável às famílias residentes naquela comunidade rural.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/358/indicacao_no_277-2025-alexandre_laet.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/358/indicacao_no_277-2025-alexandre_laet.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário, na forma regimental, que seja encaminhado expediente à Excelentíssima Prefeita Sra. Pollyana Barbosa Abreu e ao Secretário Municipal de Agricultura, Sr. Antônio Almeida, solicitando a instalação de um sistema de dessalinização de água (dessalinizador) na comunidade do Sítio Angico, a fim de atender de forma digna os moradores da localidade e das comunidades vizinhas, como Mansinha e Várzea Velha.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/360/indicacao_no_278-2025-_damiao_silva.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/360/indicacao_no_278-2025-_damiao_silva.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa, depois de ouvido o Plenário e cumpridas as normas regimentais, que envie expediente à Excelentíssima Senhora Prefeita do Município, Pollyanna Barbosa de Abreu e ao Excelentíssimo Senhor Secretário de Agricultura Antônio Monteiro de Almeida, para que adotem as providências necessárias para instalação de um Sistema de Dessalinização (dessalinizador) na comunidade rural do Sítio Maxixe, na Zona Rural do Município de Sertânia/PE, a fim de garantir água potável para todas as famílias, desta localidade.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_no_279-2025-alexandre_laet.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_no_279-2025-alexandre_laet.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário, na forma regimental, que seja encaminhado expediente à Excelentíssima Prefeita Sra. Pollyana Barbosa Abreu e ao Secretário Municipal de Infraestrutura, Sr. Adauto Júnior, solicitando a requalificação da ponte férrea conhecida como Ponte Bate Velha, incluindo a reposições dos dormentes de madeira danificados e a instalação de corrimão.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/327/indicacao_no_280-2025-marinho_do_onibus.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/327/indicacao_no_280-2025-marinho_do_onibus.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDO TÉCNICO E ORÇAMENTÁRIO_x000D_
 PARA A INSTALAÇÃO DE UMA CASA DE APOIO OU PONTO_x000D_
 DE APOIO NA CIDADE DE GARANHUNS PARA OS PACIÊNTES_x000D_
 DE SERTÂNIA QUE FAZEM TRATAMENTO NA CIDADE.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/328/indicacao_no_281-2025-alexandre_laet.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/328/indicacao_no_281-2025-alexandre_laet.pdf</t>
   </si>
   <si>
     <t>Solicita a ampliação do Centro de Especialidades Odontológicas (CEO) de Sertânia, passando-o de CEO Tipo I para CEO Tipo II, como aumento do número de cadeiras e da capacidade de atendimento especializado.</t>
   </si>
   <si>
+    <t>367</t>
+  </si>
+  <si>
+    <t>EMPLE</t>
+  </si>
+  <si>
+    <t>Emenda ao Projeto de Lei do Executivo</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/367/emenda_modificativa_n_001.2025.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA N° 01/2025 AO PROCESSO LEGISLATIVO N° 1.380 - PROJETO DE LEI N° 025/2025.</t>
+  </si>
+  <si>
+    <t>386</t>
+  </si>
+  <si>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/386/emenda_modificativa_de_n_001-2025_pl_26.2025.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA N° 01/2025 - Que Modifica o Artigo 2º ao Projeto de Lei nº 026/2025.</t>
+  </si>
+  <si>
     <t>EMLO</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/209/projeto_de_emenda_a_lei_organica_do_municipio_n_01_2025-21-07-2025.pdf</t>
+    <t>http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/209/projeto_de_emenda_a_lei_organica_do_municipio_n_01_2025-21-07-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Parágrafo Único do Artigo 4º da Lei_x000D_
 Orgânica do Município de Sertânia e dá_x000D_
 outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3905,68 +4115,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_n_001_2025_proibe_no_ambito_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/24/projeto_de_lei_no_002_2025_sobre_a_padronizacao_das_cores_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/23/projetodelein003.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/22/projetodelein005-2025-legislativo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/21/projetodelein006-2025-legislativo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/20/projetodelein007.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/19/projetodelein008.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/18/projetodelein009.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/29/p_l_010_2025_a_criacao_do_programa_cidadao_ativo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/28/p_l_no_011_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/27/pl_1_331_pl_012_2025_dia_dedicado_a_musica_gospel_na_exposicao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/26/pl_1_332_pl_013_2025_cria_o_projeto_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_n_014_2025_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/353/projeto_lei_legisl_15.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_substituivo_de_lei_municipal_n_016_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_lei_leg_18.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_leg._n_020_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/318/projeto_lei_legis._27.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/301/projeto_lei_legis_30.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/355/projeto_lei_legislativo_31.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/356/projeto_lei_legislativo_32.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/366/projeto_de_lei_legisl_33.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/341/projeto_lei_legis_36.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_de_lei_no_01_de_23_de_jameiro_de_2025-27-02-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_substitutivo_ao_no_02-2025-30-03-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_no_03_de_23_de_janeiro_de_2025-31-03-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/4/projetodelein004-2025-executivo-18-04-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/5/projetodelein005-2025-executivo-30-04-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/6/projetodelein006-2025-executivo-30-04-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/7/p_l_1_338_pl_007_2025_poder_executivo-14-07-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_lei_n_008_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/9/p_l_1_339_pl_009_2025_poder_executivo-14-07-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/10/p_l_1_340_pl_010_2025_poder_executivo-14-07-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_executivo_11.2025-15-07-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_12.2025-14-07-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/13/pasta_do_pl_1_344_pl_013_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_lei_executivo_15.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/15/projeto_lei_executivo_16.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_lei_executivo_17.2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/329/projeto_lei_exec_25.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/34/resolucaoon0012025-22-07-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/315/resolucao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/302/resolucao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/323/projeto_de_decreto_03.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/82/requerimento_n_001_2025_-03-04-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/83/requerimenton0022025-03-04-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/85/requerimento_n_004_2025_alexandre_laet-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/86/requerimento_n_005_2025_antonio_henrique_-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/36/indicacaon012025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/37/indicacaon022025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/38/indicacaon032025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/39/indicacaon042025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/40/indicacaon052025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/41/indicacaon062025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/42/indicacaon072025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/43/indicacaon082025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/44/indicacaon092025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/46/indicacaon0102025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/47/indicacaon0112025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/48/indicacaon0122025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/49/indicacaon0132025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/50/indicacaon0142025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/51/indicacaon0152025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/52/indicacaon0162025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/53/indicacaon0172025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/54/indicacaon0182025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/55/indicacaon0192025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/56/indicacaon0202025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/57/indicacaon0212025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/58/indicacaon0222025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/59/indicacaon0232025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/60/indicacaon0242025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/61/indicacaon0252025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/62/indicacaon0262025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/63/indicacaon0272025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/64/indicacaon0282025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/65/indicacaon0292025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/66/indicacaon0302025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/67/indicacaon0312025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/68/indicacaon0322025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/69/indicacaon0332025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/70/indicacaon0342025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/71/indicacaon0352025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/72/indicacaon0362025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/73/indicacaon0372025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/74/indicacaon0382025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/75/indicacaon0392025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/76/indicacaon0402025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/77/indicacaon0412025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/78/indicacaon0422025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/79/indicacaon0432025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/80/indicacaon0442025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/81/indicacaon0452025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/87/indicacaon0462025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/88/indicacaon0472025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/89/indicacaon0482025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/90/indicacaon0492025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/91/indicacaon0502025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/92/indicacaon0512025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/93/indicacaon0522025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/94/indicacaon0532025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/95/indicacaon0542025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/96/indicacaon0552025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/97/indicacaon0562025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/98/indicacaon0572025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/99/indicacaon0582025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/100/indicacaon0592025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/101/indicacaon0602025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/102/indicacaon0612025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/103/indicacaon0622025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/104/indicacaon0632025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/105/indicacaon0642025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/106/indicacaon0652025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/107/indicacaon0662025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/108/indicacaon0672025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/109/indicacaon0682025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/110/indicacaon0692025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/111/indicacaon0702025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/112/indicacaon0712025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/113/indicacaon0722025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/114/indicacaon0732025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/115/indicacaon0742025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/116/indicacaon0752025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/117/indicacaon0762025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/118/indicacaon0772025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/119/indicacaon0782025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/120/indicacaon0792025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/121/indicacaon0802025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/122/indicacaon0812025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/123/indicacaon0822025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/124/indicacaon0832025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/125/indicacaon0842025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/126/indicacaon0852025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/127/indicacaon0862025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/128/indicacaon0882025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/129/indicacaon0882025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/130/indicacaon0892025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_n_091_2025_verador_andre_gijio.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/131/indicacaon0922025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_n_093_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/134/indicacao_n_094_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_n_095_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/136/indicacao_n_096_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/137/indicacao_n_097_2025_vereador_etelvino_junior.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_n_098_2025_vereador_etelvino_junior.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/139/indicacao_n_099_2025_vereador_etelvino_junior.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_n_100_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/141/indicacao_n_101_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_n_102_2025_vereador_marinho_do_onibus.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/143/indicacao_n_103_2025_vereador_marinho_do_onibus.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/144/indicacao_n_104_2025_vereador_dorgival_rodrigues_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_n_105_2025_vereador_dorgival_rodrigues_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/146/indicacao_n_106_2025_vereador_dorgival_rodrigues_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/147/indicacao_n_107_2025_vereador_andre_gijio.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/148/indicacao_n_108_2025_vereador_andre_gijio.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/149/indicacao_n_109_2025_vereador_andre_gijio.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/150/indicacao_n_110_2025_vereador_andre_gijio.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_n_111_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_n_112_2025_vereador_etelvino_junior0001.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_n_113_2025_vereador_alexandre_laet.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_n_114_2025_vereador_alexandre_laet.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_n_115_2025_vereador_alexandre_laet.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_n_116_2025_vereador_jose_rielson.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_n_117_2025_vereador_jose_rielson.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_n_118_2025_vereador_jose_rielson.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/159/indicacao_n_119_2025_vereador_jose_etlvino_l_a_junior.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_n_120_2025_vereador_jose_etlvino_l_a_junior.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_n_121_2025_vereador_jose_etlvino_l_a_junior.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_n_122_2025_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_n_123_2025_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_n_124_2025_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_n_125_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/166/indicacao_n_126_2025_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/167/indicacao_n_127_2025_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_n_128_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_n_129_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_n_130_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao_n_131_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_n_132_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_n_133_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_n_134_2025_luiz_abel_-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_n_135_2025_andre_chaves-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_n_136_2025_andre_chaves-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_n_137_2025_jose_rielson-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_n_138_luiz_abel_de_a_arruda-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao_n_140_2025_cicero_edvandro_de_melo-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao_n_141_2025_cicero_edvandro_de_melo-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao_n_142_2025_cicero_edvandro_de_melo-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao_n_143_2025_patricia_da_conceicao-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao_n_144_2025_patricia_da_conceicao-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao_n_145_2025_vereador_andre_gijio-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_n_146_2025_vereador_andre_gijio-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_n_147_2025_vereador_niltinho_sousa-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/252/indicacao_n_148_2025_vereador_niltinho_sousa-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao_n_149_2025_vereador_luiz_abel-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_n_150_2025_vereador_luiz_abel-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao_n_151_2025_vereador_luiz_abel-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_n_152_2025_vereador_alexandre_laet-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_n_153_2025_vereador_jose_rielson_macario-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_n_154_2025_vereador_andre_gijio-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_n_155_2025_vereador_damiao_silva-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao_n_156_2025_vereador_cicero_edvandro-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao_n_157_2025_vereador_cicero_edvandro-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao_n_158_2025_vereador_andre_gijio-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/263/indicacao_n_159_2025_vereador_marinho_do_onibus-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/264/indicacao_n_160_2025_vereador_marinho_do_onibus-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/265/indicacao_n_161_2025_vereadora_patricia_da_conceicao-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/266/indicacao_n_162_2025_vereadora_patricia_da_conceicao_silva-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao_n_163_2025_vereadora_patricia_da_conceicao_silva-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao_n_164_2025_vereadora_patricia_da_conceicao-03-07-2025_1.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_n_165_2025_vereador_andre_gijio-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao_n_166_2025_vereador_andre_gijio-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao_no_167_2025_vereador_jose_rielson-14-07-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao_n_168_2025_vereador_jose_rielson_macario_dos_santos-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao_n_169_2025_vereador_jose_damiao-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_n_170_2025_vereador_luiz_abel-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_n_171_2025_vereador_etelvino_junior-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao_n_172_2025_vereador_etelvino_junior-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/277/indicacao_n_173_2025_vereador_etelvino_junior-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/278/indicacao_n_174_2025_vereador_etelvino_junior-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/168/indicacao_no_175_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/169/indicacao_no_176_2025_vereador_jose_etelvino_lins_de_a_junior.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/170/indicacao_no_177_2025_vereador_jose_etelvino_lins_de_a_junior.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_no_178_2025_vereador_jose_etelvino_lins_de_a_junior.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_no_179_2025_retirada_de_pauta_andre_gijio.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_180_2025_vereador_andre_gijio.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_181_2025_vereador_dorgival_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/175/indicacao_182_2025_vereador_dorgival_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/176/indicacao_183_2025_vereador_dorgival_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/177/indicacao_184_2025_vereador_enilton_sousa.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao_185_2025_vereador_enilton_sousa.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_186_2025_vereador_enilton_sousa.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao_187_2025_retirada_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_188_2025_vereador_washinton_passos.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_189_2025_vereador_washington_passos_silva.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_190_2025_vereador_washington_passos_silva.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_191_2025_vereadora_patricia_da_conceicao_silva.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_192_2025_vereadora_patricia_da_conceicao_silva.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao_193_2025_vereador_cicero_edvandro_de_melo.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao_no_194_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_195_2025_vereador_jose_rielson_macario_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_196_2025_vereador_jose_rielson_macario_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_no_197_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_no_198_2025_retirado_de_pauta-17-09-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_no_199_2025_vereador_andre_gijio-17-09-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_no_200_2025_vereador_cicero_edvandro-17-09-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_no_201_2025_vereador_cicero_edvandro-17-09-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_no_202_2025_vereador_cicero_edvandro-17-09-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_no_203_2025_vereador_damiao_silva-17-09-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_no_204_2025_vereador_andre_gijio-17-09-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_no_205_2025_vereador_jose_rielson_macario_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_no_206_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_no_207_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_no_208_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_no_209_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_no_210_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_no_211_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_no_212_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_no_213_2025_vereador_alexandre_laet.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_no_214_2025_vereador_jose_etelvino_junior.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_no_215_2025_vereador_jose_damiao_da_silva.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/284/indicacao_no_216_2025_vereador_jose_etelvino_lins_de_a_junior.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/285/indicacao_no_217_2025_vereador_etelvino_junior.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/286/indicacao_no_218_2025_vereador_luiz_abel_de_albuquerque_arruda.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/287/indicacao_no_219_2025_vereador_jose_rielson.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/288/indicacao_no_220_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/289/indicacao_no_221_2025_vereadorjose_etelvino_lins_de__a_junior.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/290/indicacao_no_222_2025_vereadorjose_etelvino_lins_de__a_junior.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/291/indicacao_no_223_2025_vereadorjose_etelvino_lins_de__a_junior.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao_no_224_2025_vereadorjose_etelvino_lins_de__a_junior.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao_no_225_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_no_226_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao_no_227_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao_no_228_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/297/indicacao_no_229_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/298/indicacao_no_230_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/299/indicacao_no_231_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/300/indicacao_no_232_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_no_233_2025_vereador_jose_rielson.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_no_234_2025_vereador_niltinho_sousa.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_no_235_2025_vereador_niltinho_sousa.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_no_236_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_no_237_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_no_238_2025_vereador_cicero_edvandro_de_melo.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao_no_239_2025_vereador_cicero_edvandro_de_melo.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao_no_240_2025_vereador_jose_mario_leal_vilela.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_no_241_2025_vereador_jose_mario_leal_vilela.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_no_242_2025_vereador_jose_mario_leal_vilela.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_no_243_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_no_244_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_no_245_2025_vereador_damiao_silva.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_no_246_2025_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao_no_247_2025_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_no_248_2025_retirada_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_no_249_2025_vereador_etelvino_junior.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_no_250_2025_vereador_etelvino_junior.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/321/indicacao_no_251_2025-_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/322/indicacao_no_252_2025-_vereador_jose_etelvino_l_a_junior_.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_no_253_2025_vereador_jose_mario.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_no_254_2025_vereador_jose_mario.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_no_255_2025_vereador_jose_mario.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_no_256_2025-_vereador_jose_etelvino_l_a_junior_.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_no_257_2025_vereador_damiao_silva.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_no_258_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_no_259_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao_no_260_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_no_261_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/325/indicacao_no_262_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/326/indicacao_no_263_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/336/indicacao_no_264_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/339/indicacao_no_265_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/340/indicacao_no_266_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/343/indicacao_no_267_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/344/indicacao_no_268_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/346/indicacao_no_269_2025_vereador_washington_passos.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/347/indicacao_no_270_2025_vereador_washington_passos.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_no_271_2025_vereador_washington_passos.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/349/indicacao_no_272_2025_vereador_washington_passos.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/350/indicacao_no_273_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/351/indicacao_no_274_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/352/indicacao_no_275_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/354/indicacao_no_276_2025_vereador_damiao_silva.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/358/indicacao_no_277-2025-alexandre_laet.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/360/indicacao_no_278-2025-_damiao_silva.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_no_279-2025-alexandre_laet.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/327/indicacao_no_280-2025-marinho_do_onibus.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/328/indicacao_no_281-2025-alexandre_laet.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/209/projeto_de_emenda_a_lei_organica_do_municipio_n_01_2025-21-07-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_n_001_2025_proibe_no_ambito_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/24/projeto_de_lei_no_002_2025_sobre_a_padronizacao_das_cores_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/23/projetodelein003.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/22/projetodelein005-2025-legislativo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/21/projetodelein006-2025-legislativo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/20/projetodelein007.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/19/projetodelein008.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/18/projetodelein009.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/29/p_l_010_2025_a_criacao_do_programa_cidadao_ativo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/28/p_l_no_011_2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/27/pl_1_331_pl_012_2025_dia_dedicado_a_musica_gospel_na_exposicao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/26/pl_1_332_pl_013_2025_cria_o_projeto_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_n_014_2025_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/353/projeto_lei_legisl_15.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_substituivo_de_lei_municipal_n_016_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/372/projeto_de_lei_n_017_2025_institui_a_semana_municipaldajuventude.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_lei_leg_18.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_leg._n_020_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/308/projeto_de_lei_n_021_2025_criacao_do_programa_adote_uma_praca.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/309/projeto_de_lei_n_022_2025_cadstro_municipal_de_doadores_voluntar.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/310/projeto_de_lei_n_023_2025_obrigatoriedade_da_entregamedicamentos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/311/projeto_de_lei_n_024_2025_criacao_municipal_cuidar_do_cuidador.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/312/projeto_de_lei_n_025_2025_carteira_de_identificacao_estudantil_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/314/projeto_de_lei_no_026_2025_altera_a_lei_no_1_811__de_24_de_outub.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/318/projeto_lei_legis._27.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/319/projeto_de_lei_028_2025_autoriza_a_criacao_da_rede_municipal_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/320/pl_029.2025_altera_a_lei_n_1_766.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/301/projeto_lei_legis_30.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/355/projeto_lei_legislativo_31.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/356/projeto_lei_legislativo_32.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/366/projeto_de_lei_legisl_33.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/373/projeto_de_lei__n_034_2025-_legislativo_obrigatoriedade_de_reserva.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/374/pl_n_035_2025-_legislativo_domingo_de_lazer.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/341/projeto_lei_legis_36.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/376/projeto_de_lei_n_037_2025_legislativo_inclusao_de_disciplinas.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/359/projeto_de_lei_n_038_2025_legislativo_catastracao_vacinacao_iden.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/331/projeto_de_lei_n_042_2025_prestacao_de_servicos_de_psicologia.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_de_lei_no_01_de_23_de_jameiro_de_2025-27-02-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_substitutivo_ao_no_02-2025-30-03-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_no_03_de_23_de_janeiro_de_2025-31-03-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/4/projetodelein004-2025-executivo-18-04-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/5/projetodelein005-2025-executivo-30-04-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/6/projetodelein006-2025-executivo-30-04-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/7/p_l_1_338_pl_007_2025_poder_executivo-14-07-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_lei_n_008_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/9/p_l_1_339_pl_009_2025_poder_executivo-14-07-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/10/p_l_1_340_pl_010_2025_poder_executivo-14-07-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_executivo_11.2025-15-07-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_12.2025-14-07-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/13/pasta_do_pl_1_344_pl_013_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_lei_executivo_15.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/15/projeto_lei_executivo_16.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_lei_executivo_17.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/303/loa_sertania_2026_2.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/304/pl_19.2025_ppa_2026.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_de_lei_executivo_21.2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/368/projeto_de_lei_execu._no_022_2025_bolsa_cidadania.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/370/pl_executivo_n_024-2025_cessao_de_uso_de_bem.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/329/projeto_lei_exec_25.2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/363/pl_exec_no_026_2025_altera_a_lei.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_lei_executivo_27.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/357/projeto_de_lei_executivo_28.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/365/proj._lei_executivo_29.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/332/projeto_exec._30.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/330/proj._lei_exec._31.2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/305/processo_legislativo_n_1_370__plc_n_020_2025__.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/34/projeto_de_resolucao_01.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/313/projeto_de_resolucao_n_002_2025-escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/315/projeto_resolucao_03.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/302/projeto_de_resolucao_04-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/316/projeto_de_decreto_legislativo_n_001_2025_titulo_de_cidadaniedja.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/317/projeto_de_decreto_legislativo_n_002_2025_titulodecidadao_moacyr.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/323/projeto_de_decreto_03.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/324/projeto_de_decreto_04.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/375/projeto_de_decreto_n_005-2025_titulo_de_cidadao_nelson.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/337/projeto_de_decreto_06.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/338/projeto_de_decreto_no_007.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/82/requerimento_n_001_2025_-03-04-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/83/requerimenton0022025-03-04-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/84/requerimento_003_2025_vereador_alexandre_laet_.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/85/requerimento_n_004_2025_alexandre_laet-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/86/requerimento_n_005_2025_antonio_henrique_-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/306/requerimento_no_007-2025_vereador_enilton_sousa.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/307/requerimento_no_008-2025_vereador_enilton_sousa.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/36/indicacaon012025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/37/indicacaon022025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/38/indicacaon032025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/39/indicacaon042025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/40/indicacaon052025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/41/indicacaon062025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/42/indicacaon072025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/43/indicacaon082025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/44/indicacaon092025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/46/indicacaon0102025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/47/indicacaon0112025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/48/indicacaon0122025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/49/indicacaon0132025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/50/indicacaon0142025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/51/indicacaon0152025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/52/indicacaon0162025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/53/indicacaon0172025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/54/indicacaon0182025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/55/indicacaon0192025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/56/indicacaon0202025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/57/indicacaon0212025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/58/indicacaon0222025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/59/indicacaon0232025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/60/indicacaon0242025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/61/indicacaon0252025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/62/indicacaon0262025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/63/indicacaon0272025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/64/indicacaon0282025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/65/indicacaon0292025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/66/indicacaon0302025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/67/indicacaon0312025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/68/indicacaon0322025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/69/indicacaon0332025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/70/indicacaon0342025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/71/indicacaon0352025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/72/indicacaon0362025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/73/indicacaon0372025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/74/indicacaon0382025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/75/indicacaon0392025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/76/indicacaon0402025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/77/indicacaon0412025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/78/indicacaon0422025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/79/indicacaon0432025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/80/indicacaon0442025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/81/indicacaon0452025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/87/indicacaon0462025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/88/indicacaon0472025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/89/indicacaon0482025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/90/indicacaon0492025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/91/indicacaon0502025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/92/indicacaon0512025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/93/indicacaon0522025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/94/indicacaon0532025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/95/indicacaon0542025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/96/indicacaon0552025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/97/indicacaon0562025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/98/indicacaon0572025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/99/indicacaon0582025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/100/indicacaon0592025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/101/indicacaon0602025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/102/indicacaon0612025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/103/indicacaon0622025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/104/indicacaon0632025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/105/indicacaon0642025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/106/indicacaon0652025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/107/indicacaon0662025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/108/indicacaon0672025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/109/indicacaon0682025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/110/indicacaon0692025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/111/indicacaon0702025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/112/indicacaon0712025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/113/indicacaon0722025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/114/indicacaon0732025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/115/indicacaon0742025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/116/indicacaon0752025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/117/indicacaon0762025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/118/indicacaon0772025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/119/indicacaon0782025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/120/indicacaon0792025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/121/indicacaon0802025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/122/indicacaon0812025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/123/indicacaon0822025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/124/indicacaon0832025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/125/indicacaon0842025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/126/indicacaon0852025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/127/indicacaon0862025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/128/indicacaon0882025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/129/indicacaon0882025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/130/indicacaon0892025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_n_091_2025_verador_andre_gijio.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/131/indicacaon0922025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_n_093_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/134/indicacao_n_094_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_n_095_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/136/indicacao_n_096_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/137/indicacao_n_097_2025_vereador_etelvino_junior.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_n_098_2025_vereador_etelvino_junior.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/139/indicacao_n_099_2025_vereador_etelvino_junior.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_n_100_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/141/indicacao_n_101_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_n_102_2025_vereador_marinho_do_onibus.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/143/indicacao_n_103_2025_vereador_marinho_do_onibus.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/144/indicacao_n_104_2025_vereador_dorgival_rodrigues_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_n_105_2025_vereador_dorgival_rodrigues_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/146/indicacao_n_106_2025_vereador_dorgival_rodrigues_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/147/indicacao_n_107_2025_vereador_andre_gijio.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/148/indicacao_n_108_2025_vereador_andre_gijio.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/149/indicacao_n_109_2025_vereador_andre_gijio.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/150/indicacao_n_110_2025_vereador_andre_gijio.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_n_111_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_n_112_2025_vereador_etelvino_junior0001.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_n_113_2025_vereador_alexandre_laet.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_n_114_2025_vereador_alexandre_laet.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_n_115_2025_vereador_alexandre_laet.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_n_116_2025_vereador_jose_rielson.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_n_117_2025_vereador_jose_rielson.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_n_118_2025_vereador_jose_rielson.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/159/indicacao_n_119_2025_vereador_jose_etlvino_l_a_junior.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_n_120_2025_vereador_jose_etlvino_l_a_junior.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_n_121_2025_vereador_jose_etlvino_l_a_junior.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_n_122_2025_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_n_123_2025_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_n_124_2025_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_n_125_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/166/indicacao_n_126_2025_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/167/indicacao_n_127_2025_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_n_128_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_n_129_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_n_130_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao_n_131_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_n_132_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_n_133_2025_dorgival_rodrigues_dos_santos-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_n_134_2025_luiz_abel_-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_n_135_2025_andre_chaves-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_n_136_2025_andre_chaves-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_n_137_2025_jose_rielson-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_n_138_luiz_abel_de_a_arruda-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao_n_140_2025_cicero_edvandro_de_melo-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao_n_141_2025_cicero_edvandro_de_melo-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao_n_142_2025_cicero_edvandro_de_melo-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao_n_143_2025_patricia_da_conceicao-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao_n_144_2025_patricia_da_conceicao-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao_n_145_2025_vereador_andre_gijio-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_n_146_2025_vereador_andre_gijio-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_n_147_2025_vereador_niltinho_sousa-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/252/indicacao_n_148_2025_vereador_niltinho_sousa-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao_n_149_2025_vereador_luiz_abel-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_n_150_2025_vereador_luiz_abel-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao_n_151_2025_vereador_luiz_abel-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_n_152_2025_vereador_alexandre_laet-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_n_153_2025_vereador_jose_rielson_macario-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_n_154_2025_vereador_andre_gijio-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_n_155_2025_vereador_damiao_silva-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao_n_156_2025_vereador_cicero_edvandro-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao_n_157_2025_vereador_cicero_edvandro-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao_n_158_2025_vereador_andre_gijio-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/263/indicacao_n_159_2025_vereador_marinho_do_onibus-08-07-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/264/indicacao_n_160_2025_vereador_marinho_do_onibus-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/265/indicacao_n_161_2025_vereadora_patricia_da_conceicao-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/266/indicacao_n_162_2025_vereadora_patricia_da_conceicao_silva-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao_n_163_2025_vereadora_patricia_da_conceicao_silva-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao_n_164_2025_vereadora_patricia_da_conceicao-03-07-2025_1.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_n_165_2025_vereador_andre_gijio-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao_n_166_2025_vereador_andre_gijio-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao_no_167_2025_vereador_jose_rielson-14-07-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao_n_168_2025_vereador_jose_rielson_macario_dos_santos-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao_n_169_2025_vereador_jose_damiao-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_n_170_2025_vereador_luiz_abel-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_n_171_2025_vereador_etelvino_junior-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao_n_172_2025_vereador_etelvino_junior-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/277/indicacao_n_173_2025_vereador_etelvino_junior-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/278/indicacao_n_174_2025_vereador_etelvino_junior-03-07-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/168/indicacao_no_175_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/169/indicacao_no_176_2025_vereador_jose_etelvino_lins_de_a_junior.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/170/indicacao_no_177_2025_vereador_jose_etelvino_lins_de_a_junior.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_no_178_2025_vereador_jose_etelvino_lins_de_a_junior.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_no_179_2025_retirada_de_pauta_andre_gijio.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_180_2025_vereador_andre_gijio.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_181_2025_vereador_dorgival_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/175/indicacao_182_2025_vereador_dorgival_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/176/indicacao_183_2025_vereador_dorgival_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/177/indicacao_184_2025_vereador_enilton_sousa.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao_185_2025_vereador_enilton_sousa.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_186_2025_vereador_enilton_sousa.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao_187_2025_retirada_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_188_2025_vereador_washinton_passos.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_189_2025_vereador_washington_passos_silva.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_190_2025_vereador_washington_passos_silva.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_191_2025_vereadora_patricia_da_conceicao_silva.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_192_2025_vereadora_patricia_da_conceicao_silva.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao_193_2025_vereador_cicero_edvandro_de_melo.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao_no_194_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_195_2025_vereador_jose_rielson_macario_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_196_2025_vereador_jose_rielson_macario_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_no_197_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_no_198_2025_retirado_de_pauta-17-09-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_no_199_2025_vereador_andre_gijio-17-09-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_no_200_2025_vereador_cicero_edvandro-17-09-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_no_201_2025_vereador_cicero_edvandro-17-09-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_no_202_2025_vereador_cicero_edvandro-17-09-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_no_203_2025_vereador_damiao_silva-17-09-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_no_204_2025_vereador_andre_gijio-17-09-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_no_205_2025_vereador_jose_rielson_macario_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_no_206_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_no_207_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_no_208_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_no_209_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_no_210_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_no_211_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_no_212_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_no_213_2025_vereador_alexandre_laet.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_no_214_2025_vereador_jose_etelvino_junior.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_no_215_2025_vereador_jose_damiao_da_silva.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/284/indicacao_no_216_2025_vereador_jose_etelvino_lins_de_a_junior.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/285/indicacao_no_217_2025_vereador_etelvino_junior.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/286/indicacao_no_218_2025_vereador_luiz_abel_de_albuquerque_arruda.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/287/indicacao_no_219_2025_vereador_jose_rielson.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/288/indicacao_no_220_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/289/indicacao_no_221_2025_vereadorjose_etelvino_lins_de__a_junior.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/290/indicacao_no_222_2025_vereadorjose_etelvino_lins_de__a_junior.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/291/indicacao_no_223_2025_vereadorjose_etelvino_lins_de__a_junior.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao_no_224_2025_vereadorjose_etelvino_lins_de__a_junior.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao_no_225_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_no_226_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao_no_227_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao_no_228_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/297/indicacao_no_229_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/298/indicacao_no_230_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/299/indicacao_no_231_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/300/indicacao_no_232_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_no_233_2025_vereador_jose_rielson.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_no_234_2025_vereador_niltinho_sousa.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_no_235_2025_vereador_niltinho_sousa.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_no_236_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_no_237_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_no_238_2025_vereador_cicero_edvandro_de_melo.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao_no_239_2025_vereador_cicero_edvandro_de_melo.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao_no_240_2025_vereador_jose_mario_leal_vilela.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_no_241_2025_vereador_jose_mario_leal_vilela.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_no_242_2025_vereador_jose_mario_leal_vilela.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_no_243_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_no_244_2025_vereador_luiz_abel.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_no_245_2025_vereador_damiao_silva.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_no_246_2025_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao_no_247_2025_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_no_248_2025_retirada_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_no_249_2025_vereador_etelvino_junior.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_no_250_2025_vereador_etelvino_junior.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/321/indicacao_no_251_2025-_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/322/indicacao_no_252_2025-_vereador_jose_etelvino_l_a_junior_.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_no_253_2025_vereador_jose_mario.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_no_254_2025_vereador_jose_mario.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_no_255_2025_vereador_jose_mario.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_no_256_2025-_vereador_jose_etelvino_l_a_junior_.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_no_257_2025_vereador_damiao_silva.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_no_258_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_no_259_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao_no_260_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_no_261_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/325/indicacao_no_262_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/326/indicacao_no_263_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/336/indicacao_no_264_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/339/indicacao_no_265_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/340/indicacao_no_266_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/343/indicacao_no_267_2025_vereador_cicero_edvandro.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/344/indicacao_no_268_2025_vereador_andre_chaves_gijio.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/346/indicacao_no_269_2025_vereador_washington_passos.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/347/indicacao_no_270_2025_vereador_washington_passos.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_no_271_2025_vereador_washington_passos.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/349/indicacao_no_272_2025_vereador_washington_passos.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/350/indicacao_no_273_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/351/indicacao_no_274_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/352/indicacao_no_275_2025_vereadora_patricia_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/354/indicacao_no_276_2025_vereador_damiao_silva.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/358/indicacao_no_277-2025-alexandre_laet.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/360/indicacao_no_278-2025-_damiao_silva.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_no_279-2025-alexandre_laet.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/327/indicacao_no_280-2025-marinho_do_onibus.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/328/indicacao_no_281-2025-alexandre_laet.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/367/emenda_modificativa_n_001.2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/386/emenda_modificativa_de_n_001-2025_pl_26.2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sertania.pe.leg.br/media/sapl/public/materialegislativa/2025/209/projeto_de_emenda_a_lei_organica_do_municipio_n_01_2025-21-07-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H366"/>
+  <dimension ref="A1:H378"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="144" bestFit="1" customWidth="1"/>
+    <col min="5" max="6" width="35.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="143.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -4376,9105 +4585,9417 @@
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>80</v>
       </c>
       <c r="H17" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>82</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>18</v>
+        <v>67</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H18" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
         <v>18</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H19" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>28</v>
+        <v>90</v>
       </c>
       <c r="H20" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>28</v>
+        <v>94</v>
       </c>
       <c r="H21" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>28</v>
+        <v>97</v>
       </c>
       <c r="H22" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="H23" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>70</v>
+        <v>16</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>28</v>
+        <v>103</v>
       </c>
       <c r="H24" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>28</v>
+        <v>106</v>
       </c>
       <c r="H25" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>102</v>
+        <v>32</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="H26" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>28</v>
+        <v>113</v>
       </c>
       <c r="H27" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>108</v>
+        <v>13</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>28</v>
+        <v>116</v>
       </c>
       <c r="H28" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>82</v>
+        <v>53</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>23</v>
+        <v>119</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="H29" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>8</v>
+        <v>86</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>114</v>
+        <v>23</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="H30" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>85</v>
+        <v>8</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>114</v>
+        <v>126</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="H31" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>26</v>
+        <v>89</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>42</v>
+        <v>126</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="H32" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>124</v>
+        <v>26</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="H33" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
         <v>42</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>28</v>
+        <v>137</v>
       </c>
       <c r="H34" t="s">
-        <v>129</v>
+        <v>138</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>131</v>
+        <v>78</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>28</v>
+        <v>140</v>
       </c>
       <c r="H35" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>28</v>
+        <v>144</v>
       </c>
       <c r="H36" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>89</v>
+        <v>13</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>28</v>
+        <v>148</v>
       </c>
       <c r="H37" t="s">
-        <v>138</v>
+        <v>149</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>28</v>
+        <v>152</v>
       </c>
       <c r="H38" t="s">
-        <v>141</v>
+        <v>153</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>142</v>
+        <v>154</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>143</v>
+        <v>155</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="F39" t="s">
         <v>32</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H39" t="s">
-        <v>144</v>
+        <v>156</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>146</v>
+        <v>158</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H40" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>10</v>
+        <v>160</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>10</v>
+        <v>161</v>
       </c>
       <c r="D41" t="s">
-        <v>148</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>149</v>
+        <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>150</v>
+        <v>93</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>151</v>
+        <v>28</v>
       </c>
       <c r="H41" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>17</v>
+        <v>163</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>17</v>
+        <v>164</v>
       </c>
       <c r="D42" t="s">
-        <v>148</v>
+        <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>149</v>
+        <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>153</v>
+        <v>165</v>
       </c>
       <c r="H42" t="s">
-        <v>154</v>
+        <v>166</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>22</v>
+        <v>167</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>22</v>
+        <v>168</v>
       </c>
       <c r="D43" t="s">
-        <v>148</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>149</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>155</v>
+        <v>28</v>
       </c>
       <c r="H43" t="s">
-        <v>156</v>
+        <v>169</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>27</v>
+        <v>170</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="D44" t="s">
-        <v>148</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>149</v>
+        <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>157</v>
+        <v>28</v>
       </c>
       <c r="H44" t="s">
-        <v>158</v>
+        <v>172</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E45" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F45" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>159</v>
+        <v>176</v>
       </c>
       <c r="H45" t="s">
-        <v>160</v>
+        <v>177</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="D46" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E46" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F46" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>161</v>
+        <v>178</v>
       </c>
       <c r="H46" t="s">
-        <v>162</v>
+        <v>179</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="D47" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E47" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F47" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>163</v>
+        <v>180</v>
       </c>
       <c r="H47" t="s">
-        <v>164</v>
+        <v>181</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="D48" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E48" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F48" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>165</v>
+        <v>182</v>
       </c>
       <c r="H48" t="s">
-        <v>166</v>
+        <v>183</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="D49" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E49" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F49" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>167</v>
+        <v>184</v>
       </c>
       <c r="H49" t="s">
-        <v>168</v>
+        <v>185</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="D50" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E50" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F50" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>169</v>
+        <v>186</v>
       </c>
       <c r="H50" t="s">
-        <v>170</v>
+        <v>187</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="D51" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E51" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F51" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>171</v>
+        <v>188</v>
       </c>
       <c r="H51" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="D52" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E52" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F52" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>173</v>
+        <v>190</v>
       </c>
       <c r="H52" t="s">
-        <v>174</v>
+        <v>191</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>66</v>
+        <v>50</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>66</v>
+        <v>50</v>
       </c>
       <c r="D53" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E53" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F53" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>175</v>
+        <v>192</v>
       </c>
       <c r="H53" t="s">
-        <v>176</v>
+        <v>193</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>71</v>
+        <v>54</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>71</v>
+        <v>54</v>
       </c>
       <c r="D54" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E54" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F54" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>28</v>
+        <v>194</v>
       </c>
       <c r="H54" t="s">
-        <v>177</v>
+        <v>195</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>178</v>
+        <v>58</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="D55" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E55" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F55" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="H55" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="D56" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E56" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F56" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>181</v>
+        <v>198</v>
       </c>
       <c r="H56" t="s">
-        <v>182</v>
+        <v>199</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>178</v>
+        <v>66</v>
       </c>
       <c r="D57" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E57" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F57" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>183</v>
+        <v>200</v>
       </c>
       <c r="H57" t="s">
-        <v>184</v>
+        <v>201</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>185</v>
+        <v>71</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="D58" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E58" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F58" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H58" t="s">
-        <v>186</v>
+        <v>202</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>187</v>
+        <v>83</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="D59" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E59" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F59" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>28</v>
+        <v>203</v>
       </c>
       <c r="H59" t="s">
-        <v>188</v>
+        <v>204</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>189</v>
+        <v>75</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>40</v>
+        <v>79</v>
       </c>
       <c r="D60" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E60" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F60" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>28</v>
+        <v>205</v>
       </c>
       <c r="H60" t="s">
-        <v>190</v>
+        <v>206</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>191</v>
+        <v>79</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="D61" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E61" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F61" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>192</v>
+        <v>207</v>
       </c>
       <c r="H61" t="s">
-        <v>193</v>
+        <v>208</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>194</v>
+        <v>209</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
       <c r="D62" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E62" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F62" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>28</v>
+        <v>210</v>
       </c>
       <c r="H62" t="s">
-        <v>195</v>
+        <v>211</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>196</v>
+        <v>212</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="D63" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E63" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F63" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>28</v>
+        <v>213</v>
       </c>
       <c r="H63" t="s">
-        <v>197</v>
+        <v>214</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>198</v>
+        <v>215</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="D64" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E64" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F64" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>28</v>
+        <v>216</v>
       </c>
       <c r="H64" t="s">
-        <v>199</v>
+        <v>217</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="D65" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E65" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F65" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>28</v>
+        <v>219</v>
       </c>
       <c r="H65" t="s">
-        <v>201</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>202</v>
+        <v>221</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>82</v>
+        <v>16</v>
       </c>
       <c r="D66" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E66" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F66" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>28</v>
+        <v>222</v>
       </c>
       <c r="H66" t="s">
-        <v>203</v>
+        <v>223</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>204</v>
+        <v>224</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="D67" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E67" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F67" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>28</v>
+        <v>225</v>
       </c>
       <c r="H67" t="s">
-        <v>205</v>
+        <v>226</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>206</v>
+        <v>227</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="D68" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="E68" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F68" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>28</v>
+        <v>228</v>
       </c>
       <c r="H68" t="s">
-        <v>207</v>
+        <v>229</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>208</v>
+        <v>230</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="D69" t="s">
-        <v>209</v>
+        <v>173</v>
       </c>
       <c r="E69" t="s">
-        <v>210</v>
+        <v>174</v>
       </c>
       <c r="F69" t="s">
-        <v>32</v>
+        <v>175</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>211</v>
+        <v>231</v>
       </c>
       <c r="H69" t="s">
-        <v>212</v>
+        <v>232</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>213</v>
+        <v>233</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="D70" t="s">
-        <v>209</v>
+        <v>173</v>
       </c>
       <c r="E70" t="s">
-        <v>210</v>
+        <v>174</v>
       </c>
       <c r="F70" t="s">
-        <v>32</v>
+        <v>175</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>214</v>
+        <v>234</v>
       </c>
       <c r="H70" t="s">
-        <v>215</v>
+        <v>235</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>216</v>
+        <v>236</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="D71" t="s">
-        <v>209</v>
+        <v>173</v>
       </c>
       <c r="E71" t="s">
-        <v>210</v>
+        <v>174</v>
       </c>
       <c r="F71" t="s">
-        <v>32</v>
+        <v>175</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>217</v>
+        <v>237</v>
       </c>
       <c r="H71" t="s">
-        <v>218</v>
+        <v>238</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>219</v>
+        <v>239</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>40</v>
+        <v>86</v>
       </c>
       <c r="D72" t="s">
-        <v>209</v>
+        <v>173</v>
       </c>
       <c r="E72" t="s">
-        <v>210</v>
+        <v>174</v>
       </c>
       <c r="F72" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>28</v>
+        <v>240</v>
       </c>
       <c r="H72" t="s">
-        <v>220</v>
+        <v>241</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>221</v>
+        <v>242</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D73" t="s">
-        <v>222</v>
+        <v>173</v>
       </c>
       <c r="E73" t="s">
-        <v>223</v>
+        <v>174</v>
       </c>
       <c r="F73" t="s">
-        <v>102</v>
+        <v>175</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>28</v>
+        <v>243</v>
       </c>
       <c r="H73" t="s">
-        <v>224</v>
+        <v>244</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>225</v>
+        <v>245</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
       <c r="D74" t="s">
-        <v>222</v>
+        <v>173</v>
       </c>
       <c r="E74" t="s">
-        <v>223</v>
+        <v>174</v>
       </c>
       <c r="F74" t="s">
-        <v>102</v>
+        <v>175</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H74" t="s">
-        <v>226</v>
+        <v>246</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>227</v>
+        <v>247</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D75" t="s">
-        <v>222</v>
+        <v>173</v>
       </c>
       <c r="E75" t="s">
-        <v>223</v>
+        <v>174</v>
       </c>
       <c r="F75" t="s">
-        <v>228</v>
+        <v>175</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>229</v>
+        <v>28</v>
       </c>
       <c r="H75" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>231</v>
+        <v>249</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="D76" t="s">
-        <v>222</v>
+        <v>250</v>
       </c>
       <c r="E76" t="s">
-        <v>223</v>
+        <v>251</v>
       </c>
       <c r="F76" t="s">
-        <v>114</v>
+        <v>175</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>28</v>
+        <v>252</v>
       </c>
       <c r="H76" t="s">
-        <v>232</v>
+        <v>253</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>233</v>
+        <v>136</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="D77" t="s">
-        <v>222</v>
+        <v>254</v>
       </c>
       <c r="E77" t="s">
-        <v>223</v>
+        <v>255</v>
       </c>
       <c r="F77" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>28</v>
+        <v>256</v>
       </c>
       <c r="H77" t="s">
-        <v>234</v>
+        <v>257</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>235</v>
+        <v>258</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="D78" t="s">
-        <v>222</v>
+        <v>254</v>
       </c>
       <c r="E78" t="s">
-        <v>223</v>
+        <v>255</v>
       </c>
       <c r="F78" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>28</v>
+        <v>259</v>
       </c>
       <c r="H78" t="s">
-        <v>236</v>
+        <v>260</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>237</v>
+        <v>261</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D79" t="s">
-        <v>238</v>
+        <v>254</v>
       </c>
       <c r="E79" t="s">
-        <v>239</v>
+        <v>255</v>
       </c>
       <c r="F79" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>240</v>
+        <v>262</v>
       </c>
       <c r="H79" t="s">
-        <v>241</v>
+        <v>263</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>242</v>
+        <v>264</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D80" t="s">
-        <v>238</v>
+        <v>254</v>
       </c>
       <c r="E80" t="s">
-        <v>239</v>
+        <v>255</v>
       </c>
       <c r="F80" t="s">
-        <v>114</v>
+        <v>32</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>243</v>
+        <v>265</v>
       </c>
       <c r="H80" t="s">
-        <v>244</v>
+        <v>266</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>245</v>
+        <v>267</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>238</v>
+        <v>268</v>
       </c>
       <c r="E81" t="s">
-        <v>239</v>
+        <v>269</v>
       </c>
       <c r="F81" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>28</v>
+        <v>270</v>
       </c>
       <c r="H81" t="s">
-        <v>246</v>
+        <v>271</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>247</v>
+        <v>272</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D82" t="s">
-        <v>238</v>
+        <v>268</v>
       </c>
       <c r="E82" t="s">
-        <v>239</v>
+        <v>269</v>
       </c>
       <c r="F82" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>248</v>
+        <v>273</v>
       </c>
       <c r="H82" t="s">
-        <v>249</v>
+        <v>274</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>250</v>
+        <v>275</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="D83" t="s">
-        <v>238</v>
+        <v>268</v>
       </c>
       <c r="E83" t="s">
-        <v>239</v>
+        <v>269</v>
       </c>
       <c r="F83" t="s">
-        <v>251</v>
+        <v>276</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>252</v>
+        <v>277</v>
       </c>
       <c r="H83" t="s">
-        <v>253</v>
+        <v>278</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>254</v>
+        <v>279</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="D84" t="s">
-        <v>238</v>
+        <v>268</v>
       </c>
       <c r="E84" t="s">
-        <v>239</v>
+        <v>269</v>
       </c>
       <c r="F84" t="s">
-        <v>23</v>
+        <v>126</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>28</v>
+        <v>280</v>
       </c>
       <c r="H84" t="s">
-        <v>255</v>
+        <v>281</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>256</v>
+        <v>282</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="D85" t="s">
-        <v>238</v>
+        <v>268</v>
       </c>
       <c r="E85" t="s">
-        <v>239</v>
+        <v>269</v>
       </c>
       <c r="F85" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>28</v>
+        <v>283</v>
       </c>
       <c r="H85" t="s">
-        <v>257</v>
+        <v>284</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>124</v>
+        <v>285</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="D86" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="E86" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="F86" t="s">
         <v>67</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>260</v>
+        <v>286</v>
       </c>
       <c r="H86" t="s">
-        <v>261</v>
+        <v>287</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>262</v>
+        <v>288</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="D87" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="E87" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="F87" t="s">
-        <v>67</v>
+        <v>126</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>263</v>
+        <v>289</v>
       </c>
       <c r="H87" t="s">
-        <v>264</v>
+        <v>290</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>128</v>
+        <v>291</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="D88" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E88" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F88" t="s">
-        <v>67</v>
+        <v>18</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>265</v>
+        <v>294</v>
       </c>
       <c r="H88" t="s">
-        <v>266</v>
+        <v>295</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>131</v>
+        <v>296</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D89" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E89" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F89" t="s">
-        <v>67</v>
+        <v>126</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>267</v>
+        <v>297</v>
       </c>
       <c r="H89" t="s">
-        <v>268</v>
+        <v>298</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>134</v>
+        <v>299</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="D90" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E90" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F90" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>269</v>
+        <v>300</v>
       </c>
       <c r="H90" t="s">
-        <v>270</v>
+        <v>301</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>137</v>
+        <v>302</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="D91" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E91" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F91" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>271</v>
+        <v>303</v>
       </c>
       <c r="H91" t="s">
-        <v>272</v>
+        <v>304</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>140</v>
+        <v>305</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D92" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E92" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F92" t="s">
-        <v>67</v>
+        <v>306</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>273</v>
+        <v>307</v>
       </c>
       <c r="H92" t="s">
-        <v>274</v>
+        <v>308</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>275</v>
+        <v>309</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="D93" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E93" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F93" t="s">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>276</v>
+        <v>28</v>
       </c>
       <c r="H93" t="s">
-        <v>277</v>
+        <v>310</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>143</v>
+        <v>311</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="D94" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E94" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F94" t="s">
-        <v>67</v>
+        <v>23</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>278</v>
+        <v>312</v>
       </c>
       <c r="H94" t="s">
-        <v>279</v>
+        <v>313</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>280</v>
+        <v>314</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="D95" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E95" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F95" t="s">
-        <v>89</v>
+        <v>23</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>281</v>
+        <v>315</v>
       </c>
       <c r="H95" t="s">
-        <v>282</v>
+        <v>316</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>283</v>
+        <v>143</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="D96" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E96" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F96" t="s">
-        <v>89</v>
+        <v>67</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>284</v>
+        <v>319</v>
       </c>
       <c r="H96" t="s">
-        <v>285</v>
+        <v>320</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>286</v>
+        <v>147</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
       <c r="D97" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E97" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F97" t="s">
-        <v>89</v>
+        <v>67</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>287</v>
+        <v>321</v>
       </c>
       <c r="H97" t="s">
-        <v>288</v>
+        <v>322</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>289</v>
+        <v>151</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="D98" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E98" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F98" t="s">
-        <v>89</v>
+        <v>67</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>290</v>
+        <v>323</v>
       </c>
       <c r="H98" t="s">
-        <v>291</v>
+        <v>324</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="D99" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E99" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F99" t="s">
-        <v>89</v>
+        <v>67</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>292</v>
+        <v>325</v>
       </c>
       <c r="H99" t="s">
-        <v>293</v>
+        <v>326</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>294</v>
+        <v>158</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>75</v>
+        <v>31</v>
       </c>
       <c r="D100" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E100" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F100" t="s">
-        <v>89</v>
+        <v>67</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>295</v>
+        <v>327</v>
       </c>
       <c r="H100" t="s">
-        <v>296</v>
+        <v>328</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>297</v>
+        <v>161</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>79</v>
+        <v>36</v>
       </c>
       <c r="D101" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E101" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F101" t="s">
-        <v>18</v>
+        <v>67</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>298</v>
+        <v>329</v>
       </c>
       <c r="H101" t="s">
-        <v>299</v>
+        <v>330</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>300</v>
+        <v>164</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>178</v>
+        <v>41</v>
       </c>
       <c r="D102" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E102" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F102" t="s">
-        <v>18</v>
+        <v>67</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>301</v>
+        <v>331</v>
       </c>
       <c r="H102" t="s">
-        <v>302</v>
+        <v>332</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>303</v>
+        <v>168</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D103" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E103" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F103" t="s">
-        <v>108</v>
+        <v>67</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>304</v>
+        <v>333</v>
       </c>
       <c r="H103" t="s">
-        <v>305</v>
+        <v>334</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>306</v>
+        <v>335</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D104" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E104" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F104" t="s">
-        <v>108</v>
+        <v>67</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>307</v>
+        <v>336</v>
       </c>
       <c r="H104" t="s">
-        <v>308</v>
+        <v>337</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>309</v>
+        <v>338</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="D105" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E105" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F105" t="s">
-        <v>37</v>
+        <v>93</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>310</v>
+        <v>339</v>
       </c>
       <c r="H105" t="s">
-        <v>311</v>
+        <v>340</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>312</v>
+        <v>341</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="D106" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E106" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F106" t="s">
-        <v>23</v>
+        <v>93</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>313</v>
+        <v>342</v>
       </c>
       <c r="H106" t="s">
-        <v>314</v>
+        <v>343</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>315</v>
+        <v>344</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="D107" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E107" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F107" t="s">
-        <v>23</v>
+        <v>93</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>316</v>
+        <v>345</v>
       </c>
       <c r="H107" t="s">
-        <v>317</v>
+        <v>346</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>318</v>
+        <v>347</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="D108" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E108" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F108" t="s">
-        <v>37</v>
+        <v>93</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>319</v>
+        <v>348</v>
       </c>
       <c r="H108" t="s">
-        <v>320</v>
+        <v>349</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>321</v>
+        <v>171</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="D109" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E109" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F109" t="s">
-        <v>37</v>
+        <v>93</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>322</v>
+        <v>350</v>
       </c>
       <c r="H109" t="s">
-        <v>323</v>
+        <v>351</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>324</v>
+        <v>352</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="D110" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E110" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F110" t="s">
-        <v>23</v>
+        <v>93</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>325</v>
+        <v>353</v>
       </c>
       <c r="H110" t="s">
-        <v>326</v>
+        <v>354</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>327</v>
+        <v>355</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="D111" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E111" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F111" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>328</v>
+        <v>356</v>
       </c>
       <c r="H111" t="s">
-        <v>329</v>
+        <v>357</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>330</v>
+        <v>358</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="D112" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E112" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F112" t="s">
-        <v>114</v>
+        <v>18</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>331</v>
+        <v>359</v>
       </c>
       <c r="H112" t="s">
-        <v>332</v>
+        <v>360</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>333</v>
+        <v>361</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="D113" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E113" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F113" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>334</v>
+        <v>362</v>
       </c>
       <c r="H113" t="s">
-        <v>335</v>
+        <v>363</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>336</v>
+        <v>364</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="D114" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E114" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F114" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>337</v>
+        <v>365</v>
       </c>
       <c r="H114" t="s">
-        <v>338</v>
+        <v>366</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>339</v>
+        <v>367</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>82</v>
+        <v>40</v>
       </c>
       <c r="D115" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E115" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F115" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>340</v>
+        <v>368</v>
       </c>
       <c r="H115" t="s">
-        <v>341</v>
+        <v>369</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>342</v>
+        <v>370</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="D116" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E116" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F116" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>343</v>
+        <v>371</v>
       </c>
       <c r="H116" t="s">
-        <v>344</v>
+        <v>372</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>345</v>
+        <v>373</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>85</v>
+        <v>30</v>
       </c>
       <c r="D117" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E117" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F117" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>346</v>
+        <v>374</v>
       </c>
       <c r="H117" t="s">
-        <v>347</v>
+        <v>375</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>348</v>
+        <v>376</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D118" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E118" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F118" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>349</v>
+        <v>377</v>
       </c>
       <c r="H118" t="s">
-        <v>350</v>
+        <v>378</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>208</v>
+        <v>16</v>
       </c>
       <c r="D119" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E119" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F119" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>352</v>
+        <v>380</v>
       </c>
       <c r="H119" t="s">
-        <v>353</v>
+        <v>381</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>354</v>
+        <v>382</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="D120" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E120" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F120" t="s">
-        <v>114</v>
+        <v>23</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>355</v>
+        <v>383</v>
       </c>
       <c r="H120" t="s">
-        <v>356</v>
+        <v>384</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>357</v>
+        <v>385</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>124</v>
+        <v>65</v>
       </c>
       <c r="D121" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E121" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F121" t="s">
         <v>23</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>358</v>
+        <v>386</v>
       </c>
       <c r="H121" t="s">
-        <v>359</v>
+        <v>387</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>360</v>
+        <v>388</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>262</v>
+        <v>61</v>
       </c>
       <c r="D122" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E122" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F122" t="s">
-        <v>23</v>
+        <v>126</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>361</v>
+        <v>389</v>
       </c>
       <c r="H122" t="s">
-        <v>362</v>
+        <v>390</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>363</v>
+        <v>391</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>128</v>
+        <v>57</v>
       </c>
       <c r="D123" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E123" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F123" t="s">
-        <v>23</v>
+        <v>126</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>364</v>
+        <v>392</v>
       </c>
       <c r="H123" t="s">
-        <v>365</v>
+        <v>393</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>366</v>
+        <v>394</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>131</v>
+        <v>53</v>
       </c>
       <c r="D124" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E124" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F124" t="s">
-        <v>23</v>
+        <v>126</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>367</v>
+        <v>395</v>
       </c>
       <c r="H124" t="s">
-        <v>368</v>
+        <v>396</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>369</v>
+        <v>397</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>134</v>
+        <v>86</v>
       </c>
       <c r="D125" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E125" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F125" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>370</v>
+        <v>398</v>
       </c>
       <c r="H125" t="s">
-        <v>371</v>
+        <v>399</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>372</v>
+        <v>400</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>137</v>
+        <v>8</v>
       </c>
       <c r="D126" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E126" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F126" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>373</v>
+        <v>401</v>
       </c>
       <c r="H126" t="s">
-        <v>374</v>
+        <v>402</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>375</v>
+        <v>403</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>140</v>
+        <v>89</v>
       </c>
       <c r="D127" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E127" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F127" t="s">
-        <v>108</v>
+        <v>37</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>376</v>
+        <v>404</v>
       </c>
       <c r="H127" t="s">
-        <v>377</v>
+        <v>405</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>378</v>
+        <v>406</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>275</v>
+        <v>26</v>
       </c>
       <c r="D128" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E128" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F128" t="s">
-        <v>89</v>
+        <v>23</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>379</v>
+        <v>407</v>
       </c>
       <c r="H128" t="s">
-        <v>380</v>
+        <v>408</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>381</v>
+        <v>409</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="D129" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E129" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F129" t="s">
-        <v>89</v>
+        <v>23</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>382</v>
+        <v>410</v>
       </c>
       <c r="H129" t="s">
-        <v>383</v>
+        <v>411</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>384</v>
+        <v>412</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>385</v>
+        <v>78</v>
       </c>
       <c r="D130" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E130" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F130" t="s">
-        <v>18</v>
+        <v>126</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>386</v>
+        <v>413</v>
       </c>
       <c r="H130" t="s">
-        <v>387</v>
+        <v>414</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>388</v>
+        <v>415</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>280</v>
+        <v>143</v>
       </c>
       <c r="D131" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E131" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F131" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>389</v>
+        <v>416</v>
       </c>
       <c r="H131" t="s">
-        <v>390</v>
+        <v>417</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>391</v>
+        <v>418</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>283</v>
+        <v>147</v>
       </c>
       <c r="D132" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E132" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F132" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>392</v>
+        <v>419</v>
       </c>
       <c r="H132" t="s">
-        <v>393</v>
+        <v>420</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>394</v>
+        <v>421</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>286</v>
+        <v>151</v>
       </c>
       <c r="D133" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E133" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F133" t="s">
-        <v>108</v>
+        <v>23</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>395</v>
+        <v>422</v>
       </c>
       <c r="H133" t="s">
-        <v>396</v>
+        <v>423</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>397</v>
+        <v>424</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>289</v>
+        <v>155</v>
       </c>
       <c r="D134" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E134" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F134" t="s">
-        <v>228</v>
+        <v>23</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>398</v>
+        <v>425</v>
       </c>
       <c r="H134" t="s">
-        <v>399</v>
+        <v>426</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>400</v>
+        <v>427</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>146</v>
+        <v>158</v>
       </c>
       <c r="D135" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E135" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F135" t="s">
-        <v>228</v>
+        <v>23</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>401</v>
+        <v>428</v>
       </c>
       <c r="H135" t="s">
-        <v>402</v>
+        <v>429</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>403</v>
+        <v>430</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>294</v>
+        <v>161</v>
       </c>
       <c r="D136" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E136" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F136" t="s">
-        <v>228</v>
+        <v>13</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>404</v>
+        <v>431</v>
       </c>
       <c r="H136" t="s">
-        <v>405</v>
+        <v>432</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>406</v>
+        <v>433</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>297</v>
+        <v>164</v>
       </c>
       <c r="D137" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E137" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F137" t="s">
-        <v>67</v>
+        <v>119</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>407</v>
+        <v>434</v>
       </c>
       <c r="H137" t="s">
-        <v>408</v>
+        <v>435</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>409</v>
+        <v>436</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>300</v>
+        <v>168</v>
       </c>
       <c r="D138" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E138" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F138" t="s">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>410</v>
+        <v>437</v>
       </c>
       <c r="H138" t="s">
-        <v>411</v>
+        <v>438</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>412</v>
+        <v>439</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>303</v>
+        <v>335</v>
       </c>
       <c r="D139" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E139" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F139" t="s">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>413</v>
+        <v>440</v>
       </c>
       <c r="H139" t="s">
-        <v>414</v>
+        <v>441</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>415</v>
+        <v>442</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>306</v>
+        <v>443</v>
       </c>
       <c r="D140" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E140" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F140" t="s">
-        <v>114</v>
+        <v>18</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>416</v>
+        <v>444</v>
       </c>
       <c r="H140" t="s">
-        <v>417</v>
+        <v>445</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>418</v>
+        <v>446</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>309</v>
+        <v>338</v>
       </c>
       <c r="D141" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E141" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F141" t="s">
-        <v>114</v>
+        <v>18</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>419</v>
+        <v>447</v>
       </c>
       <c r="H141" t="s">
-        <v>420</v>
+        <v>448</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>421</v>
+        <v>449</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>312</v>
+        <v>341</v>
       </c>
       <c r="D142" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E142" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F142" t="s">
-        <v>114</v>
+        <v>18</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>422</v>
+        <v>450</v>
       </c>
       <c r="H142" t="s">
-        <v>423</v>
+        <v>451</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>424</v>
+        <v>452</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>315</v>
+        <v>344</v>
       </c>
       <c r="D143" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E143" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F143" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>425</v>
+        <v>453</v>
       </c>
       <c r="H143" t="s">
-        <v>426</v>
+        <v>454</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>427</v>
+        <v>455</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>318</v>
+        <v>347</v>
       </c>
       <c r="D144" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E144" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F144" t="s">
-        <v>428</v>
+        <v>276</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>429</v>
+        <v>456</v>
       </c>
       <c r="H144" t="s">
-        <v>430</v>
+        <v>457</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>431</v>
+        <v>458</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>321</v>
+        <v>171</v>
       </c>
       <c r="D145" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E145" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F145" t="s">
-        <v>108</v>
+        <v>276</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>432</v>
+        <v>459</v>
       </c>
       <c r="H145" t="s">
-        <v>433</v>
+        <v>460</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>434</v>
+        <v>461</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>324</v>
+        <v>352</v>
       </c>
       <c r="D146" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E146" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F146" t="s">
-        <v>108</v>
+        <v>276</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>435</v>
+        <v>462</v>
       </c>
       <c r="H146" t="s">
-        <v>436</v>
+        <v>463</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>437</v>
+        <v>464</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>327</v>
+        <v>355</v>
       </c>
       <c r="D147" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E147" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F147" t="s">
         <v>67</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>438</v>
+        <v>465</v>
       </c>
       <c r="H147" t="s">
-        <v>439</v>
+        <v>466</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>440</v>
+        <v>467</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>330</v>
+        <v>358</v>
       </c>
       <c r="D148" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E148" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F148" t="s">
         <v>67</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>441</v>
+        <v>468</v>
       </c>
       <c r="H148" t="s">
-        <v>442</v>
+        <v>469</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>443</v>
+        <v>470</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>333</v>
+        <v>361</v>
       </c>
       <c r="D149" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E149" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F149" t="s">
         <v>67</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>444</v>
+        <v>471</v>
       </c>
       <c r="H149" t="s">
-        <v>445</v>
+        <v>472</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>446</v>
+        <v>473</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>336</v>
+        <v>364</v>
       </c>
       <c r="D150" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E150" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F150" t="s">
-        <v>114</v>
+        <v>126</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>447</v>
+        <v>474</v>
       </c>
       <c r="H150" t="s">
-        <v>448</v>
+        <v>475</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>449</v>
+        <v>476</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>339</v>
+        <v>367</v>
       </c>
       <c r="D151" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E151" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F151" t="s">
-        <v>114</v>
+        <v>126</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>450</v>
+        <v>477</v>
       </c>
       <c r="H151" t="s">
-        <v>451</v>
+        <v>478</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>452</v>
+        <v>479</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>342</v>
+        <v>370</v>
       </c>
       <c r="D152" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E152" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F152" t="s">
-        <v>37</v>
+        <v>126</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>453</v>
+        <v>480</v>
       </c>
       <c r="H152" t="s">
-        <v>454</v>
+        <v>481</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>455</v>
+        <v>482</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>345</v>
+        <v>373</v>
       </c>
       <c r="D153" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E153" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F153" t="s">
-        <v>37</v>
+        <v>119</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>456</v>
+        <v>483</v>
       </c>
       <c r="H153" t="s">
-        <v>457</v>
+        <v>484</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>458</v>
+        <v>485</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>348</v>
+        <v>376</v>
       </c>
       <c r="D154" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E154" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F154" t="s">
-        <v>37</v>
+        <v>486</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="H154" t="s">
-        <v>460</v>
+        <v>488</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>461</v>
+        <v>489</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>351</v>
+        <v>379</v>
       </c>
       <c r="D155" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E155" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F155" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>462</v>
+        <v>490</v>
       </c>
       <c r="H155" t="s">
-        <v>463</v>
+        <v>491</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>464</v>
+        <v>492</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>354</v>
+        <v>382</v>
       </c>
       <c r="D156" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E156" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F156" t="s">
-        <v>23</v>
+        <v>119</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>465</v>
+        <v>493</v>
       </c>
       <c r="H156" t="s">
-        <v>466</v>
+        <v>494</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>467</v>
+        <v>495</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>357</v>
+        <v>385</v>
       </c>
       <c r="D157" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E157" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F157" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>468</v>
+        <v>496</v>
       </c>
       <c r="H157" t="s">
-        <v>469</v>
+        <v>497</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>470</v>
+        <v>498</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>360</v>
+        <v>388</v>
       </c>
       <c r="D158" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E158" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F158" t="s">
-        <v>228</v>
+        <v>67</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>471</v>
+        <v>499</v>
       </c>
       <c r="H158" t="s">
-        <v>472</v>
+        <v>500</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>473</v>
+        <v>501</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>363</v>
+        <v>391</v>
       </c>
       <c r="D159" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E159" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F159" t="s">
-        <v>228</v>
+        <v>67</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>474</v>
+        <v>502</v>
       </c>
       <c r="H159" t="s">
-        <v>475</v>
+        <v>503</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>476</v>
+        <v>504</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>366</v>
+        <v>394</v>
       </c>
       <c r="D160" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E160" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F160" t="s">
-        <v>18</v>
+        <v>126</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>477</v>
+        <v>505</v>
       </c>
       <c r="H160" t="s">
-        <v>478</v>
+        <v>506</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>479</v>
+        <v>507</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>369</v>
+        <v>397</v>
       </c>
       <c r="D161" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E161" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F161" t="s">
-        <v>67</v>
+        <v>126</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>480</v>
+        <v>508</v>
       </c>
       <c r="H161" t="s">
-        <v>481</v>
+        <v>509</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>482</v>
+        <v>510</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>372</v>
+        <v>400</v>
       </c>
       <c r="D162" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E162" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F162" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>483</v>
+        <v>511</v>
       </c>
       <c r="H162" t="s">
-        <v>484</v>
+        <v>512</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>485</v>
+        <v>513</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>375</v>
+        <v>403</v>
       </c>
       <c r="D163" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E163" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F163" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>486</v>
+        <v>514</v>
       </c>
       <c r="H163" t="s">
-        <v>487</v>
+        <v>515</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>488</v>
+        <v>516</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>378</v>
+        <v>406</v>
       </c>
       <c r="D164" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E164" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F164" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>489</v>
+        <v>517</v>
       </c>
       <c r="H164" t="s">
-        <v>490</v>
+        <v>518</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>491</v>
+        <v>519</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>381</v>
+        <v>409</v>
       </c>
       <c r="D165" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E165" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F165" t="s">
-        <v>67</v>
+        <v>119</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>492</v>
+        <v>520</v>
       </c>
       <c r="H165" t="s">
-        <v>493</v>
+        <v>521</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>494</v>
+        <v>522</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>384</v>
+        <v>412</v>
       </c>
       <c r="D166" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E166" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F166" t="s">
-        <v>67</v>
+        <v>23</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>495</v>
+        <v>523</v>
       </c>
       <c r="H166" t="s">
-        <v>496</v>
+        <v>524</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>497</v>
+        <v>525</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>237</v>
+        <v>415</v>
       </c>
       <c r="D167" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E167" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F167" t="s">
-        <v>67</v>
+        <v>23</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>498</v>
+        <v>526</v>
       </c>
       <c r="H167" t="s">
-        <v>499</v>
+        <v>527</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>500</v>
+        <v>528</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>242</v>
+        <v>418</v>
       </c>
       <c r="D168" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E168" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F168" t="s">
-        <v>67</v>
+        <v>276</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>501</v>
+        <v>529</v>
       </c>
       <c r="H168" t="s">
-        <v>502</v>
+        <v>530</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>503</v>
+        <v>531</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>245</v>
+        <v>421</v>
       </c>
       <c r="D169" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E169" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F169" t="s">
-        <v>67</v>
+        <v>276</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>504</v>
+        <v>532</v>
       </c>
       <c r="H169" t="s">
-        <v>505</v>
+        <v>533</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>506</v>
+        <v>534</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>247</v>
+        <v>424</v>
       </c>
       <c r="D170" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E170" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F170" t="s">
-        <v>67</v>
+        <v>18</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>507</v>
+        <v>535</v>
       </c>
       <c r="H170" t="s">
-        <v>508</v>
+        <v>536</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>509</v>
+        <v>537</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>250</v>
+        <v>427</v>
       </c>
       <c r="D171" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E171" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F171" t="s">
         <v>67</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>510</v>
+        <v>538</v>
       </c>
       <c r="H171" t="s">
-        <v>511</v>
+        <v>539</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>512</v>
+        <v>540</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>388</v>
+        <v>430</v>
       </c>
       <c r="D172" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E172" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F172" t="s">
         <v>67</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>513</v>
+        <v>541</v>
       </c>
       <c r="H172" t="s">
-        <v>514</v>
+        <v>542</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>515</v>
+        <v>543</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>391</v>
+        <v>433</v>
       </c>
       <c r="D173" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E173" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F173" t="s">
         <v>67</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>516</v>
+        <v>544</v>
       </c>
       <c r="H173" t="s">
-        <v>517</v>
+        <v>545</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>518</v>
+        <v>546</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>394</v>
+        <v>436</v>
       </c>
       <c r="D174" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E174" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F174" t="s">
         <v>67</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>519</v>
+        <v>547</v>
       </c>
       <c r="H174" t="s">
-        <v>520</v>
+        <v>548</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>521</v>
+        <v>549</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>397</v>
+        <v>439</v>
       </c>
       <c r="D175" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E175" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F175" t="s">
-        <v>114</v>
+        <v>67</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>28</v>
+        <v>550</v>
       </c>
       <c r="H175" t="s">
-        <v>522</v>
+        <v>551</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>523</v>
+        <v>552</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>400</v>
+        <v>442</v>
       </c>
       <c r="D176" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E176" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F176" t="s">
-        <v>114</v>
+        <v>67</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>524</v>
+        <v>553</v>
       </c>
       <c r="H176" t="s">
-        <v>525</v>
+        <v>554</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>526</v>
+        <v>555</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>403</v>
+        <v>291</v>
       </c>
       <c r="D177" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E177" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F177" t="s">
-        <v>114</v>
+        <v>67</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>527</v>
+        <v>556</v>
       </c>
       <c r="H177" t="s">
-        <v>525</v>
+        <v>557</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>528</v>
+        <v>558</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>406</v>
+        <v>296</v>
       </c>
       <c r="D178" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E178" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F178" t="s">
         <v>67</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>529</v>
+        <v>559</v>
       </c>
       <c r="H178" t="s">
-        <v>530</v>
+        <v>560</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>531</v>
+        <v>561</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>409</v>
+        <v>299</v>
       </c>
       <c r="D179" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E179" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F179" t="s">
         <v>67</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>532</v>
+        <v>562</v>
       </c>
       <c r="H179" t="s">
-        <v>533</v>
+        <v>563</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>534</v>
+        <v>564</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>412</v>
+        <v>302</v>
       </c>
       <c r="D180" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E180" t="s">
-        <v>259</v>
+        <v>318</v>
+      </c>
+      <c r="F180" t="s">
+        <v>67</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>535</v>
+        <v>565</v>
       </c>
       <c r="H180" t="s">
-        <v>536</v>
+        <v>566</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>537</v>
+        <v>567</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>415</v>
+        <v>305</v>
       </c>
       <c r="D181" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E181" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F181" t="s">
         <v>67</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>538</v>
+        <v>568</v>
       </c>
       <c r="H181" t="s">
-        <v>539</v>
+        <v>569</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>540</v>
+        <v>570</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>418</v>
+        <v>446</v>
       </c>
       <c r="D182" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E182" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F182" t="s">
-        <v>108</v>
+        <v>67</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>541</v>
+        <v>571</v>
       </c>
       <c r="H182" t="s">
-        <v>542</v>
+        <v>572</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>543</v>
+        <v>573</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>421</v>
+        <v>449</v>
       </c>
       <c r="D183" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E183" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F183" t="s">
-        <v>108</v>
+        <v>67</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>544</v>
+        <v>574</v>
       </c>
       <c r="H183" t="s">
-        <v>545</v>
+        <v>575</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>546</v>
+        <v>576</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>424</v>
+        <v>452</v>
       </c>
       <c r="D184" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E184" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F184" t="s">
-        <v>108</v>
+        <v>67</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>547</v>
+        <v>577</v>
       </c>
       <c r="H184" t="s">
-        <v>548</v>
+        <v>578</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>549</v>
+        <v>579</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>427</v>
+        <v>455</v>
       </c>
       <c r="D185" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E185" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F185" t="s">
-        <v>18</v>
+        <v>126</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>550</v>
+        <v>28</v>
       </c>
       <c r="H185" t="s">
-        <v>551</v>
+        <v>580</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>552</v>
+        <v>581</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>431</v>
+        <v>458</v>
       </c>
       <c r="D186" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E186" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F186" t="s">
-        <v>18</v>
+        <v>126</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>553</v>
+        <v>582</v>
       </c>
       <c r="H186" t="s">
-        <v>554</v>
+        <v>583</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>555</v>
+        <v>584</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>434</v>
+        <v>461</v>
       </c>
       <c r="D187" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E187" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F187" t="s">
-        <v>89</v>
+        <v>126</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>556</v>
+        <v>585</v>
       </c>
       <c r="H187" t="s">
-        <v>557</v>
+        <v>583</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>558</v>
+        <v>586</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>437</v>
+        <v>464</v>
       </c>
       <c r="D188" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E188" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F188" t="s">
-        <v>89</v>
+        <v>67</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>559</v>
+        <v>587</v>
       </c>
       <c r="H188" t="s">
-        <v>560</v>
+        <v>588</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>561</v>
+        <v>589</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>440</v>
+        <v>467</v>
       </c>
       <c r="D189" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E189" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F189" t="s">
-        <v>562</v>
+        <v>67</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>563</v>
+        <v>590</v>
       </c>
       <c r="H189" t="s">
-        <v>564</v>
+        <v>591</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>565</v>
+        <v>592</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>443</v>
+        <v>470</v>
       </c>
       <c r="D190" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E190" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-        <v>562</v>
+        <v>318</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>566</v>
+        <v>593</v>
       </c>
       <c r="H190" t="s">
-        <v>567</v>
+        <v>594</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>568</v>
+        <v>595</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>446</v>
+        <v>473</v>
       </c>
       <c r="D191" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E191" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F191" t="s">
-        <v>562</v>
+        <v>67</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>569</v>
+        <v>596</v>
       </c>
       <c r="H191" t="s">
-        <v>570</v>
+        <v>597</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>571</v>
+        <v>598</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>449</v>
+        <v>476</v>
       </c>
       <c r="D192" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E192" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F192" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>572</v>
+        <v>599</v>
       </c>
       <c r="H192" t="s">
-        <v>573</v>
+        <v>600</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>574</v>
+        <v>601</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>452</v>
+        <v>479</v>
       </c>
       <c r="D193" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E193" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F193" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>575</v>
+        <v>602</v>
       </c>
       <c r="H193" t="s">
-        <v>576</v>
+        <v>603</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>577</v>
+        <v>604</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>455</v>
+        <v>482</v>
       </c>
       <c r="D194" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E194" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F194" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>578</v>
+        <v>605</v>
       </c>
       <c r="H194" t="s">
-        <v>579</v>
+        <v>606</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>580</v>
+        <v>607</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>458</v>
+        <v>485</v>
       </c>
       <c r="D195" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E195" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F195" t="s">
-        <v>114</v>
+        <v>18</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>581</v>
+        <v>608</v>
       </c>
       <c r="H195" t="s">
-        <v>582</v>
+        <v>609</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>583</v>
+        <v>610</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>461</v>
+        <v>489</v>
       </c>
       <c r="D196" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E196" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F196" t="s">
         <v>18</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>584</v>
+        <v>611</v>
       </c>
       <c r="H196" t="s">
-        <v>585</v>
+        <v>612</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>586</v>
+        <v>613</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>464</v>
+        <v>492</v>
       </c>
       <c r="D197" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E197" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F197" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>587</v>
+        <v>614</v>
       </c>
       <c r="H197" t="s">
-        <v>588</v>
+        <v>615</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>589</v>
+        <v>616</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>467</v>
+        <v>495</v>
       </c>
       <c r="D198" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E198" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F198" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>590</v>
+        <v>617</v>
       </c>
       <c r="H198" t="s">
-        <v>591</v>
+        <v>618</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>592</v>
+        <v>619</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>470</v>
+        <v>498</v>
       </c>
       <c r="D199" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E199" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F199" t="s">
-        <v>13</v>
+        <v>620</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>593</v>
+        <v>621</v>
       </c>
       <c r="H199" t="s">
-        <v>594</v>
+        <v>622</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>595</v>
+        <v>623</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>473</v>
+        <v>501</v>
       </c>
       <c r="D200" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E200" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F200" t="s">
-        <v>13</v>
+        <v>620</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>596</v>
+        <v>624</v>
       </c>
       <c r="H200" t="s">
-        <v>597</v>
+        <v>625</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>598</v>
+        <v>626</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>476</v>
+        <v>504</v>
       </c>
       <c r="D201" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E201" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F201" t="s">
-        <v>228</v>
+        <v>620</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>599</v>
+        <v>627</v>
       </c>
       <c r="H201" t="s">
-        <v>600</v>
+        <v>628</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>601</v>
+        <v>629</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>479</v>
+        <v>507</v>
       </c>
       <c r="D202" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E202" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F202" t="s">
-        <v>228</v>
+        <v>126</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>602</v>
+        <v>630</v>
       </c>
       <c r="H202" t="s">
-        <v>603</v>
+        <v>631</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>604</v>
+        <v>632</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>482</v>
+        <v>510</v>
       </c>
       <c r="D203" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E203" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F203" t="s">
-        <v>228</v>
+        <v>126</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>605</v>
+        <v>633</v>
       </c>
       <c r="H203" t="s">
-        <v>606</v>
+        <v>634</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>607</v>
+        <v>635</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>485</v>
+        <v>513</v>
       </c>
       <c r="D204" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E204" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F204" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>608</v>
+        <v>636</v>
       </c>
       <c r="H204" t="s">
-        <v>609</v>
+        <v>637</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>610</v>
+        <v>638</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>488</v>
+        <v>516</v>
       </c>
       <c r="D205" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E205" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F205" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>611</v>
+        <v>639</v>
       </c>
       <c r="H205" t="s">
-        <v>612</v>
+        <v>640</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>613</v>
+        <v>641</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>491</v>
+        <v>519</v>
       </c>
       <c r="D206" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E206" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F206" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>614</v>
+        <v>642</v>
       </c>
       <c r="H206" t="s">
-        <v>615</v>
+        <v>643</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>616</v>
+        <v>644</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>494</v>
+        <v>522</v>
       </c>
       <c r="D207" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E207" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F207" t="s">
-        <v>67</v>
+        <v>119</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>617</v>
+        <v>645</v>
       </c>
       <c r="H207" t="s">
-        <v>618</v>
+        <v>646</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>619</v>
+        <v>647</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>497</v>
+        <v>525</v>
       </c>
       <c r="D208" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E208" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F208" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>620</v>
+        <v>648</v>
       </c>
       <c r="H208" t="s">
-        <v>621</v>
+        <v>649</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>622</v>
+        <v>650</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>500</v>
+        <v>528</v>
       </c>
       <c r="D209" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E209" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F209" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>623</v>
+        <v>651</v>
       </c>
       <c r="H209" t="s">
-        <v>624</v>
+        <v>652</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>625</v>
+        <v>653</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>503</v>
+        <v>531</v>
       </c>
       <c r="D210" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E210" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F210" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>626</v>
+        <v>654</v>
       </c>
       <c r="H210" t="s">
-        <v>627</v>
+        <v>655</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>628</v>
+        <v>656</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>506</v>
+        <v>534</v>
       </c>
       <c r="D211" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E211" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F211" t="s">
-        <v>67</v>
+        <v>276</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>629</v>
+        <v>657</v>
       </c>
       <c r="H211" t="s">
-        <v>630</v>
+        <v>658</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>631</v>
+        <v>659</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>509</v>
+        <v>537</v>
       </c>
       <c r="D212" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E212" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F212" t="s">
-        <v>18</v>
+        <v>276</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>632</v>
+        <v>660</v>
       </c>
       <c r="H212" t="s">
-        <v>633</v>
+        <v>661</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>634</v>
+        <v>662</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>512</v>
+        <v>540</v>
       </c>
       <c r="D213" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E213" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F213" t="s">
-        <v>562</v>
+        <v>276</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>635</v>
+        <v>663</v>
       </c>
       <c r="H213" t="s">
-        <v>636</v>
+        <v>664</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>637</v>
+        <v>665</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>515</v>
+        <v>543</v>
       </c>
       <c r="D214" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E214" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F214" t="s">
-        <v>562</v>
+        <v>119</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>638</v>
+        <v>666</v>
       </c>
       <c r="H214" t="s">
-        <v>639</v>
+        <v>667</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>640</v>
+        <v>668</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>518</v>
+        <v>546</v>
       </c>
       <c r="D215" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E215" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F215" t="s">
-        <v>562</v>
+        <v>119</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>641</v>
+        <v>669</v>
       </c>
       <c r="H215" t="s">
-        <v>642</v>
+        <v>670</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>643</v>
+        <v>671</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>526</v>
+        <v>549</v>
       </c>
       <c r="D216" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E216" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F216" t="s">
-        <v>562</v>
+        <v>119</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>644</v>
+        <v>672</v>
       </c>
       <c r="H216" t="s">
-        <v>645</v>
+        <v>673</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>646</v>
+        <v>674</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>523</v>
+        <v>552</v>
       </c>
       <c r="D217" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E217" t="s">
-        <v>259</v>
+        <v>318</v>
+      </c>
+      <c r="F217" t="s">
+        <v>67</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>647</v>
+        <v>675</v>
       </c>
       <c r="H217" t="s">
-        <v>648</v>
+        <v>676</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>649</v>
+        <v>677</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>528</v>
+        <v>555</v>
       </c>
       <c r="D218" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E218" t="s">
-        <v>259</v>
+        <v>318</v>
+      </c>
+      <c r="F218" t="s">
+        <v>67</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>650</v>
+        <v>678</v>
       </c>
       <c r="H218" t="s">
-        <v>651</v>
+        <v>679</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>652</v>
+        <v>680</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>531</v>
+        <v>558</v>
       </c>
       <c r="D219" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E219" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F219" t="s">
-        <v>18</v>
+        <v>67</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>653</v>
+        <v>681</v>
       </c>
       <c r="H219" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>655</v>
+        <v>683</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>534</v>
+        <v>561</v>
       </c>
       <c r="D220" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E220" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F220" t="s">
-        <v>114</v>
+        <v>67</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>656</v>
+        <v>684</v>
       </c>
       <c r="H220" t="s">
-        <v>657</v>
+        <v>685</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>658</v>
+        <v>686</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>537</v>
+        <v>564</v>
       </c>
       <c r="D221" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E221" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F221" t="s">
-        <v>114</v>
+        <v>67</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>659</v>
+        <v>687</v>
       </c>
       <c r="H221" t="s">
-        <v>660</v>
+        <v>688</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>661</v>
+        <v>689</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>540</v>
+        <v>567</v>
       </c>
       <c r="D222" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E222" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F222" t="s">
-        <v>228</v>
+        <v>18</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>662</v>
+        <v>690</v>
       </c>
       <c r="H222" t="s">
-        <v>663</v>
+        <v>691</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>664</v>
+        <v>692</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>543</v>
+        <v>570</v>
       </c>
       <c r="D223" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E223" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F223" t="s">
-        <v>18</v>
+        <v>620</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>665</v>
+        <v>693</v>
       </c>
       <c r="H223" t="s">
-        <v>666</v>
+        <v>694</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>667</v>
+        <v>695</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>549</v>
+        <v>573</v>
       </c>
       <c r="D224" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E224" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F224" t="s">
-        <v>67</v>
+        <v>620</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>668</v>
+        <v>696</v>
       </c>
       <c r="H224" t="s">
-        <v>669</v>
+        <v>697</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>670</v>
+        <v>698</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>552</v>
+        <v>576</v>
       </c>
       <c r="D225" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E225" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F225" t="s">
-        <v>67</v>
+        <v>620</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>671</v>
+        <v>699</v>
       </c>
       <c r="H225" t="s">
-        <v>672</v>
+        <v>700</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>673</v>
+        <v>701</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>555</v>
+        <v>584</v>
       </c>
       <c r="D226" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E226" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F226" t="s">
-        <v>67</v>
+        <v>620</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>674</v>
+        <v>702</v>
       </c>
       <c r="H226" t="s">
-        <v>675</v>
+        <v>703</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>676</v>
+        <v>704</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>558</v>
+        <v>581</v>
       </c>
       <c r="D227" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E227" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>318</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>677</v>
+        <v>705</v>
       </c>
       <c r="H227" t="s">
-        <v>678</v>
+        <v>706</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>679</v>
+        <v>707</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>561</v>
+        <v>586</v>
       </c>
       <c r="D228" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E228" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>318</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>680</v>
+        <v>708</v>
       </c>
       <c r="H228" t="s">
-        <v>681</v>
+        <v>709</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>682</v>
+        <v>710</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>565</v>
+        <v>589</v>
       </c>
       <c r="D229" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E229" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F229" t="s">
-        <v>114</v>
+        <v>18</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>683</v>
+        <v>711</v>
       </c>
       <c r="H229" t="s">
-        <v>684</v>
+        <v>712</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>685</v>
+        <v>713</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>568</v>
+        <v>592</v>
       </c>
       <c r="D230" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E230" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F230" t="s">
-        <v>114</v>
+        <v>126</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>686</v>
+        <v>714</v>
       </c>
       <c r="H230" t="s">
-        <v>687</v>
+        <v>715</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>688</v>
+        <v>716</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>571</v>
+        <v>595</v>
       </c>
       <c r="D231" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E231" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F231" t="s">
-        <v>23</v>
+        <v>126</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>689</v>
+        <v>717</v>
       </c>
       <c r="H231" t="s">
-        <v>690</v>
+        <v>718</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>691</v>
+        <v>719</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>574</v>
+        <v>598</v>
       </c>
       <c r="D232" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E232" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F232" t="s">
-        <v>23</v>
+        <v>276</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>692</v>
+        <v>720</v>
       </c>
       <c r="H232" t="s">
-        <v>693</v>
+        <v>721</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>694</v>
+        <v>722</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>577</v>
+        <v>601</v>
       </c>
       <c r="D233" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E233" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F233" t="s">
         <v>18</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>695</v>
+        <v>723</v>
       </c>
       <c r="H233" t="s">
-        <v>696</v>
+        <v>724</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>697</v>
+        <v>725</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>580</v>
+        <v>607</v>
       </c>
       <c r="D234" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E234" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F234" t="s">
-        <v>18</v>
+        <v>67</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>698</v>
+        <v>726</v>
       </c>
       <c r="H234" t="s">
-        <v>699</v>
+        <v>727</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>700</v>
+        <v>728</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>583</v>
+        <v>610</v>
       </c>
       <c r="D235" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E235" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F235" t="s">
-        <v>18</v>
+        <v>67</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>701</v>
+        <v>729</v>
       </c>
       <c r="H235" t="s">
-        <v>702</v>
+        <v>730</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>703</v>
+        <v>731</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>586</v>
+        <v>613</v>
       </c>
       <c r="D236" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E236" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F236" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>704</v>
+        <v>732</v>
       </c>
       <c r="H236" t="s">
-        <v>705</v>
+        <v>733</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>706</v>
+        <v>734</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>589</v>
+        <v>616</v>
       </c>
       <c r="D237" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E237" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F237" t="s">
-        <v>228</v>
+        <v>37</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>707</v>
+        <v>735</v>
       </c>
       <c r="H237" t="s">
-        <v>708</v>
+        <v>736</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>709</v>
+        <v>737</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>592</v>
+        <v>619</v>
       </c>
       <c r="D238" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E238" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F238" t="s">
-        <v>114</v>
+        <v>37</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>710</v>
+        <v>738</v>
       </c>
       <c r="H238" t="s">
-        <v>711</v>
+        <v>739</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>712</v>
+        <v>740</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>595</v>
+        <v>623</v>
       </c>
       <c r="D239" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E239" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F239" t="s">
-        <v>42</v>
+        <v>126</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>713</v>
+        <v>741</v>
       </c>
       <c r="H239" t="s">
-        <v>714</v>
+        <v>742</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>715</v>
+        <v>743</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>598</v>
+        <v>626</v>
       </c>
       <c r="D240" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E240" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F240" t="s">
-        <v>67</v>
+        <v>126</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>716</v>
+        <v>744</v>
       </c>
       <c r="H240" t="s">
-        <v>717</v>
+        <v>745</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>601</v>
+        <v>629</v>
       </c>
       <c r="D241" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E241" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F241" t="s">
-        <v>67</v>
+        <v>23</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>719</v>
+        <v>747</v>
       </c>
       <c r="H241" t="s">
-        <v>720</v>
+        <v>748</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>721</v>
+        <v>749</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>604</v>
+        <v>632</v>
       </c>
       <c r="D242" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E242" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F242" t="s">
-        <v>114</v>
+        <v>23</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>722</v>
+        <v>750</v>
       </c>
       <c r="H242" t="s">
-        <v>723</v>
+        <v>751</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>724</v>
+        <v>752</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>607</v>
+        <v>635</v>
       </c>
       <c r="D243" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E243" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F243" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>725</v>
+        <v>753</v>
       </c>
       <c r="H243" t="s">
-        <v>726</v>
+        <v>754</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>727</v>
+        <v>755</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>610</v>
+        <v>638</v>
       </c>
       <c r="D244" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E244" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F244" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>728</v>
+        <v>756</v>
       </c>
       <c r="H244" t="s">
-        <v>729</v>
+        <v>757</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>730</v>
+        <v>758</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>613</v>
+        <v>641</v>
       </c>
       <c r="D245" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E245" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F245" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>731</v>
+        <v>759</v>
       </c>
       <c r="H245" t="s">
-        <v>732</v>
+        <v>760</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>733</v>
+        <v>761</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>616</v>
+        <v>644</v>
       </c>
       <c r="D246" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E246" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F246" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>734</v>
+        <v>762</v>
       </c>
       <c r="H246" t="s">
-        <v>735</v>
+        <v>763</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>736</v>
+        <v>764</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>619</v>
+        <v>647</v>
       </c>
       <c r="D247" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E247" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F247" t="s">
-        <v>37</v>
+        <v>276</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>737</v>
+        <v>765</v>
       </c>
       <c r="H247" t="s">
-        <v>738</v>
+        <v>766</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>739</v>
+        <v>767</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>622</v>
+        <v>650</v>
       </c>
       <c r="D248" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E248" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F248" t="s">
-        <v>37</v>
+        <v>126</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>740</v>
+        <v>768</v>
       </c>
       <c r="H248" t="s">
-        <v>741</v>
+        <v>769</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>742</v>
+        <v>770</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>625</v>
+        <v>653</v>
       </c>
       <c r="D249" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E249" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F249" t="s">
-        <v>114</v>
+        <v>42</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>743</v>
+        <v>771</v>
       </c>
       <c r="H249" t="s">
-        <v>744</v>
+        <v>772</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>745</v>
+        <v>773</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>628</v>
+        <v>656</v>
       </c>
       <c r="D250" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E250" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F250" t="s">
-        <v>114</v>
+        <v>67</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="H250" t="s">
-        <v>747</v>
+        <v>775</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>748</v>
+        <v>776</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>631</v>
+        <v>659</v>
       </c>
       <c r="D251" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E251" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F251" t="s">
-        <v>228</v>
+        <v>67</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>749</v>
+        <v>777</v>
       </c>
       <c r="H251" t="s">
-        <v>750</v>
+        <v>778</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>751</v>
+        <v>779</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>752</v>
+        <v>662</v>
       </c>
       <c r="D252" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E252" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F252" t="s">
-        <v>228</v>
+        <v>126</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>753</v>
+        <v>780</v>
       </c>
       <c r="H252" t="s">
-        <v>754</v>
+        <v>781</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>755</v>
+        <v>782</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>756</v>
+        <v>665</v>
       </c>
       <c r="D253" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E253" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F253" t="s">
-        <v>42</v>
+        <v>93</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>757</v>
+        <v>783</v>
       </c>
       <c r="H253" t="s">
-        <v>758</v>
+        <v>784</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>759</v>
+        <v>785</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>760</v>
+        <v>668</v>
       </c>
       <c r="D254" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E254" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F254" t="s">
-        <v>18</v>
+        <v>93</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>761</v>
+        <v>786</v>
       </c>
       <c r="H254" t="s">
-        <v>762</v>
+        <v>787</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>763</v>
+        <v>788</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>764</v>
+        <v>671</v>
       </c>
       <c r="D255" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E255" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F255" t="s">
-        <v>108</v>
+        <v>37</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>765</v>
+        <v>789</v>
       </c>
       <c r="H255" t="s">
-        <v>766</v>
+        <v>790</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>767</v>
+        <v>791</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>768</v>
+        <v>674</v>
       </c>
       <c r="D256" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E256" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F256" t="s">
-        <v>108</v>
+        <v>37</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>769</v>
+        <v>792</v>
       </c>
       <c r="H256" t="s">
-        <v>770</v>
+        <v>793</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>771</v>
+        <v>794</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>772</v>
+        <v>677</v>
       </c>
       <c r="D257" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E257" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F257" t="s">
-        <v>108</v>
+        <v>37</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>773</v>
+        <v>795</v>
       </c>
       <c r="H257" t="s">
-        <v>774</v>
+        <v>796</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>776</v>
+        <v>680</v>
       </c>
       <c r="D258" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E258" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F258" t="s">
-        <v>108</v>
+        <v>37</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>777</v>
+        <v>798</v>
       </c>
       <c r="H258" t="s">
-        <v>778</v>
+        <v>799</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>752</v>
+        <v>800</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>779</v>
+        <v>683</v>
       </c>
       <c r="D259" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E259" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F259" t="s">
-        <v>18</v>
+        <v>126</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>780</v>
+        <v>801</v>
       </c>
       <c r="H259" t="s">
-        <v>781</v>
+        <v>802</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>756</v>
+        <v>803</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>782</v>
+        <v>686</v>
       </c>
       <c r="D260" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E260" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F260" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>783</v>
+        <v>804</v>
       </c>
       <c r="H260" t="s">
-        <v>784</v>
+        <v>805</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>760</v>
+        <v>806</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>785</v>
+        <v>689</v>
       </c>
       <c r="D261" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E261" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F261" t="s">
-        <v>108</v>
+        <v>276</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>786</v>
+        <v>807</v>
       </c>
       <c r="H261" t="s">
-        <v>787</v>
+        <v>808</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>764</v>
+        <v>809</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>788</v>
+        <v>810</v>
       </c>
       <c r="D262" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E262" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F262" t="s">
-        <v>108</v>
+        <v>276</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>789</v>
+        <v>811</v>
       </c>
       <c r="H262" t="s">
-        <v>790</v>
+        <v>812</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>768</v>
+        <v>813</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>791</v>
+        <v>814</v>
       </c>
       <c r="D263" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E263" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F263" t="s">
-        <v>114</v>
+        <v>42</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>792</v>
+        <v>815</v>
       </c>
       <c r="H263" t="s">
-        <v>793</v>
+        <v>816</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>772</v>
+        <v>817</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>794</v>
+        <v>818</v>
       </c>
       <c r="D264" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E264" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F264" t="s">
-        <v>114</v>
+        <v>18</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>795</v>
+        <v>819</v>
       </c>
       <c r="H264" t="s">
-        <v>796</v>
+        <v>820</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>776</v>
+        <v>821</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>797</v>
+        <v>822</v>
       </c>
       <c r="D265" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E265" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F265" t="s">
-        <v>562</v>
+        <v>119</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>798</v>
+        <v>823</v>
       </c>
       <c r="H265" t="s">
-        <v>799</v>
+        <v>824</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>779</v>
+        <v>825</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>800</v>
+        <v>826</v>
       </c>
       <c r="D266" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E266" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F266" t="s">
-        <v>562</v>
+        <v>119</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>801</v>
+        <v>827</v>
       </c>
       <c r="H266" t="s">
-        <v>802</v>
+        <v>828</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>782</v>
+        <v>829</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>803</v>
+        <v>830</v>
       </c>
       <c r="D267" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E267" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F267" t="s">
-        <v>562</v>
+        <v>119</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>804</v>
+        <v>831</v>
       </c>
       <c r="H267" t="s">
-        <v>805</v>
+        <v>832</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>785</v>
+        <v>833</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>806</v>
+        <v>834</v>
       </c>
       <c r="D268" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E268" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F268" t="s">
-        <v>23</v>
+        <v>119</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>807</v>
+        <v>835</v>
       </c>
       <c r="H268" t="s">
-        <v>808</v>
+        <v>836</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>788</v>
+        <v>810</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>809</v>
+        <v>837</v>
       </c>
       <c r="D269" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E269" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F269" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>810</v>
+        <v>838</v>
       </c>
       <c r="H269" t="s">
-        <v>811</v>
+        <v>839</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>791</v>
+        <v>814</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>812</v>
+        <v>840</v>
       </c>
       <c r="D270" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E270" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F270" t="s">
-        <v>23</v>
+        <v>119</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>813</v>
+        <v>841</v>
       </c>
       <c r="H270" t="s">
-        <v>814</v>
+        <v>842</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>794</v>
+        <v>818</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>815</v>
+        <v>843</v>
       </c>
       <c r="D271" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E271" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F271" t="s">
-        <v>23</v>
+        <v>119</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>816</v>
+        <v>844</v>
       </c>
       <c r="H271" t="s">
-        <v>817</v>
+        <v>845</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>797</v>
+        <v>822</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>818</v>
+        <v>846</v>
       </c>
       <c r="D272" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E272" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F272" t="s">
-        <v>428</v>
+        <v>119</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>819</v>
+        <v>847</v>
       </c>
       <c r="H272" t="s">
-        <v>820</v>
+        <v>848</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>800</v>
+        <v>826</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>821</v>
+        <v>849</v>
       </c>
       <c r="D273" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E273" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F273" t="s">
-        <v>428</v>
+        <v>126</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>822</v>
+        <v>850</v>
       </c>
       <c r="H273" t="s">
-        <v>823</v>
+        <v>851</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>803</v>
+        <v>830</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>824</v>
+        <v>852</v>
       </c>
       <c r="D274" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E274" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F274" t="s">
-        <v>428</v>
+        <v>126</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>825</v>
+        <v>853</v>
       </c>
       <c r="H274" t="s">
-        <v>826</v>
+        <v>854</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>806</v>
+        <v>834</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>827</v>
+        <v>855</v>
       </c>
       <c r="D275" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E275" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F275" t="s">
-        <v>37</v>
+        <v>620</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>828</v>
+        <v>856</v>
       </c>
       <c r="H275" t="s">
-        <v>829</v>
+        <v>857</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>809</v>
+        <v>837</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>830</v>
+        <v>858</v>
       </c>
       <c r="D276" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E276" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F276" t="s">
-        <v>37</v>
+        <v>620</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>831</v>
+        <v>859</v>
       </c>
       <c r="H276" t="s">
-        <v>832</v>
+        <v>860</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>812</v>
+        <v>840</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>833</v>
+        <v>861</v>
       </c>
       <c r="D277" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E277" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F277" t="s">
-        <v>67</v>
+        <v>620</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>834</v>
+        <v>862</v>
       </c>
       <c r="H277" t="s">
-        <v>835</v>
+        <v>863</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>815</v>
+        <v>843</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>836</v>
+        <v>864</v>
       </c>
       <c r="D278" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E278" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F278" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>837</v>
+        <v>865</v>
       </c>
       <c r="H278" t="s">
-        <v>838</v>
+        <v>866</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>818</v>
+        <v>846</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>839</v>
+        <v>867</v>
       </c>
       <c r="D279" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E279" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F279" t="s">
-        <v>228</v>
+        <v>23</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>840</v>
+        <v>868</v>
       </c>
       <c r="H279" t="s">
-        <v>841</v>
+        <v>869</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>821</v>
+        <v>849</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>842</v>
+        <v>870</v>
       </c>
       <c r="D280" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E280" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F280" t="s">
-        <v>228</v>
+        <v>23</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>843</v>
+        <v>871</v>
       </c>
       <c r="H280" t="s">
-        <v>844</v>
+        <v>872</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>824</v>
+        <v>852</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>845</v>
+        <v>873</v>
       </c>
       <c r="D281" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E281" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F281" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>846</v>
+        <v>874</v>
       </c>
       <c r="H281" t="s">
-        <v>847</v>
+        <v>875</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>849</v>
+        <v>876</v>
       </c>
       <c r="D282" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E282" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F282" t="s">
-        <v>114</v>
+        <v>486</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>850</v>
+        <v>877</v>
       </c>
       <c r="H282" t="s">
-        <v>851</v>
+        <v>878</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>853</v>
+        <v>879</v>
       </c>
       <c r="D283" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E283" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F283" t="s">
-        <v>114</v>
+        <v>486</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>854</v>
+        <v>880</v>
       </c>
       <c r="H283" t="s">
-        <v>855</v>
+        <v>881</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>857</v>
+        <v>882</v>
       </c>
       <c r="D284" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E284" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F284" t="s">
-        <v>67</v>
+        <v>486</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>858</v>
+        <v>883</v>
       </c>
       <c r="H284" t="s">
-        <v>859</v>
+        <v>884</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>861</v>
+        <v>885</v>
       </c>
       <c r="D285" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E285" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F285" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>862</v>
+        <v>886</v>
       </c>
       <c r="H285" t="s">
-        <v>863</v>
+        <v>887</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>848</v>
+        <v>888</v>
       </c>
       <c r="D286" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E286" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F286" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>865</v>
+        <v>889</v>
       </c>
       <c r="H286" t="s">
-        <v>866</v>
+        <v>890</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>852</v>
+        <v>891</v>
       </c>
       <c r="D287" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E287" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F287" t="s">
-        <v>42</v>
+        <v>67</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>868</v>
+        <v>892</v>
       </c>
       <c r="H287" t="s">
-        <v>869</v>
+        <v>893</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>856</v>
+        <v>894</v>
       </c>
       <c r="D288" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E288" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F288" t="s">
-        <v>114</v>
+        <v>18</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>871</v>
+        <v>895</v>
       </c>
       <c r="H288" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>860</v>
+        <v>897</v>
       </c>
       <c r="D289" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E289" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F289" t="s">
-        <v>228</v>
+        <v>276</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>874</v>
+        <v>898</v>
       </c>
       <c r="H289" t="s">
-        <v>875</v>
+        <v>899</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>864</v>
+        <v>900</v>
       </c>
       <c r="D290" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E290" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F290" t="s">
-        <v>114</v>
+        <v>276</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>877</v>
+        <v>901</v>
       </c>
       <c r="H290" t="s">
-        <v>878</v>
+        <v>902</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>867</v>
+        <v>903</v>
       </c>
       <c r="D291" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E291" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F291" t="s">
-        <v>114</v>
+        <v>18</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>880</v>
+        <v>904</v>
       </c>
       <c r="H291" t="s">
-        <v>881</v>
+        <v>905</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>882</v>
+        <v>906</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>870</v>
+        <v>907</v>
       </c>
       <c r="D292" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E292" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F292" t="s">
-        <v>114</v>
+        <v>126</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>883</v>
+        <v>908</v>
       </c>
       <c r="H292" t="s">
-        <v>884</v>
+        <v>909</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>885</v>
+        <v>910</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>886</v>
+        <v>911</v>
       </c>
       <c r="D293" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E293" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F293" t="s">
-        <v>114</v>
+        <v>126</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>887</v>
+        <v>912</v>
       </c>
       <c r="H293" t="s">
-        <v>888</v>
+        <v>913</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>889</v>
+        <v>914</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>885</v>
+        <v>915</v>
       </c>
       <c r="D294" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E294" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F294" t="s">
-        <v>114</v>
+        <v>67</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>890</v>
+        <v>916</v>
       </c>
       <c r="H294" t="s">
-        <v>891</v>
+        <v>917</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>892</v>
+        <v>918</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>882</v>
+        <v>919</v>
       </c>
       <c r="D295" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E295" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F295" t="s">
-        <v>114</v>
+        <v>67</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>893</v>
+        <v>920</v>
       </c>
       <c r="H295" t="s">
-        <v>894</v>
+        <v>921</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>895</v>
+        <v>922</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>876</v>
+        <v>906</v>
       </c>
       <c r="D296" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E296" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F296" t="s">
-        <v>114</v>
+        <v>67</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>896</v>
+        <v>923</v>
       </c>
       <c r="H296" t="s">
-        <v>897</v>
+        <v>924</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>898</v>
+        <v>925</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>879</v>
+        <v>910</v>
       </c>
       <c r="D297" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E297" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F297" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>899</v>
+        <v>926</v>
       </c>
       <c r="H297" t="s">
-        <v>900</v>
+        <v>927</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>901</v>
+        <v>928</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>521</v>
+        <v>914</v>
       </c>
       <c r="D298" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E298" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F298" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>902</v>
+        <v>929</v>
       </c>
       <c r="H298" t="s">
-        <v>903</v>
+        <v>930</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>904</v>
+        <v>931</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>895</v>
+        <v>918</v>
       </c>
       <c r="D299" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E299" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F299" t="s">
-        <v>42</v>
+        <v>276</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>905</v>
+        <v>932</v>
       </c>
       <c r="H299" t="s">
-        <v>906</v>
+        <v>933</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>907</v>
+        <v>934</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>892</v>
+        <v>922</v>
       </c>
       <c r="D300" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E300" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F300" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>908</v>
+        <v>935</v>
       </c>
       <c r="H300" t="s">
-        <v>909</v>
+        <v>936</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>910</v>
+        <v>937</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>889</v>
+        <v>925</v>
       </c>
       <c r="D301" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E301" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F301" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>911</v>
+        <v>938</v>
       </c>
       <c r="H301" t="s">
-        <v>912</v>
+        <v>939</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>913</v>
+        <v>940</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>914</v>
+        <v>928</v>
       </c>
       <c r="D302" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E302" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F302" t="s">
-        <v>18</v>
+        <v>126</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>915</v>
+        <v>941</v>
       </c>
       <c r="H302" t="s">
-        <v>916</v>
+        <v>942</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>917</v>
+        <v>943</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>918</v>
+        <v>944</v>
       </c>
       <c r="D303" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E303" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F303" t="s">
-        <v>228</v>
+        <v>126</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>919</v>
+        <v>945</v>
       </c>
       <c r="H303" t="s">
-        <v>920</v>
+        <v>946</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>921</v>
+        <v>947</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>922</v>
+        <v>943</v>
       </c>
       <c r="D304" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E304" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F304" t="s">
-        <v>18</v>
+        <v>126</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>923</v>
+        <v>948</v>
       </c>
       <c r="H304" t="s">
-        <v>924</v>
+        <v>949</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>925</v>
+        <v>950</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="D305" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E305" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F305" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>927</v>
+        <v>951</v>
       </c>
       <c r="H305" t="s">
-        <v>928</v>
+        <v>952</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>929</v>
+        <v>953</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="D306" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E306" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F306" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>931</v>
+        <v>954</v>
       </c>
       <c r="H306" t="s">
-        <v>932</v>
+        <v>955</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>933</v>
+        <v>956</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="D307" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E307" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F307" t="s">
-        <v>108</v>
+        <v>13</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>935</v>
+        <v>957</v>
       </c>
       <c r="H307" t="s">
-        <v>936</v>
+        <v>958</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>937</v>
+        <v>959</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>938</v>
+        <v>579</v>
       </c>
       <c r="D308" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E308" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F308" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>939</v>
+        <v>960</v>
       </c>
       <c r="H308" t="s">
-        <v>940</v>
+        <v>961</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>941</v>
+        <v>962</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>942</v>
+        <v>953</v>
       </c>
       <c r="D309" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E309" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F309" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>943</v>
+        <v>963</v>
       </c>
       <c r="H309" t="s">
-        <v>944</v>
+        <v>964</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>945</v>
+        <v>965</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="D310" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E310" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F310" t="s">
-        <v>18</v>
+        <v>119</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>947</v>
+        <v>966</v>
       </c>
       <c r="H310" t="s">
-        <v>948</v>
+        <v>967</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>949</v>
+        <v>968</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="D311" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E311" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F311" t="s">
-        <v>18</v>
+        <v>119</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>951</v>
+        <v>969</v>
       </c>
       <c r="H311" t="s">
-        <v>952</v>
+        <v>970</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>953</v>
+        <v>971</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>954</v>
+        <v>972</v>
       </c>
       <c r="D312" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E312" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F312" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>955</v>
+        <v>973</v>
       </c>
       <c r="H312" t="s">
-        <v>956</v>
+        <v>974</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>957</v>
+        <v>975</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>958</v>
+        <v>976</v>
       </c>
       <c r="D313" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E313" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F313" t="s">
-        <v>37</v>
+        <v>276</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>959</v>
+        <v>977</v>
       </c>
       <c r="H313" t="s">
-        <v>960</v>
+        <v>978</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>961</v>
+        <v>979</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>962</v>
+        <v>980</v>
       </c>
       <c r="D314" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E314" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F314" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>963</v>
+        <v>981</v>
       </c>
       <c r="H314" t="s">
-        <v>964</v>
+        <v>982</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>965</v>
+        <v>983</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>966</v>
+        <v>984</v>
       </c>
       <c r="D315" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E315" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F315" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>967</v>
+        <v>985</v>
       </c>
       <c r="H315" t="s">
-        <v>968</v>
+        <v>986</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>969</v>
+        <v>987</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>970</v>
+        <v>988</v>
       </c>
       <c r="D316" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E316" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F316" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>971</v>
+        <v>989</v>
       </c>
       <c r="H316" t="s">
-        <v>972</v>
+        <v>990</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>966</v>
+        <v>991</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>634</v>
+        <v>992</v>
       </c>
       <c r="D317" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E317" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F317" t="s">
-        <v>228</v>
+        <v>119</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>973</v>
+        <v>993</v>
       </c>
       <c r="H317" t="s">
-        <v>974</v>
+        <v>994</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>970</v>
+        <v>995</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>637</v>
+        <v>996</v>
       </c>
       <c r="D318" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E318" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F318" t="s">
-        <v>23</v>
+        <v>119</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>975</v>
+        <v>997</v>
       </c>
       <c r="H318" t="s">
-        <v>976</v>
+        <v>998</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>958</v>
+        <v>999</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>640</v>
+        <v>1000</v>
       </c>
       <c r="D319" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E319" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F319" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>977</v>
+        <v>1001</v>
       </c>
       <c r="H319" t="s">
-        <v>978</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>962</v>
+        <v>1003</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>979</v>
+        <v>1004</v>
       </c>
       <c r="D320" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E320" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F320" t="s">
-        <v>114</v>
+        <v>18</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>980</v>
+        <v>1005</v>
       </c>
       <c r="H320" t="s">
-        <v>981</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>950</v>
+        <v>1007</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>646</v>
+        <v>1008</v>
       </c>
       <c r="D321" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E321" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F321" t="s">
         <v>18</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>982</v>
+        <v>1009</v>
       </c>
       <c r="H321" t="s">
-        <v>983</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>954</v>
+        <v>1011</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>649</v>
+        <v>1012</v>
       </c>
       <c r="D322" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E322" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F322" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>984</v>
+        <v>1013</v>
       </c>
       <c r="H322" t="s">
-        <v>985</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>942</v>
+        <v>1015</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>652</v>
+        <v>1016</v>
       </c>
       <c r="D323" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E323" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F323" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>986</v>
+        <v>1017</v>
       </c>
       <c r="H323" t="s">
-        <v>987</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>946</v>
+        <v>1019</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>655</v>
+        <v>1020</v>
       </c>
       <c r="D324" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E324" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F324" t="s">
-        <v>89</v>
+        <v>37</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>988</v>
+        <v>1021</v>
       </c>
       <c r="H324" t="s">
-        <v>989</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>934</v>
+        <v>1023</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>658</v>
+        <v>1024</v>
       </c>
       <c r="D325" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E325" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F325" t="s">
-        <v>89</v>
+        <v>126</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>990</v>
+        <v>1025</v>
       </c>
       <c r="H325" t="s">
-        <v>991</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>938</v>
+        <v>1027</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>661</v>
+        <v>1028</v>
       </c>
       <c r="D326" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E326" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F326" t="s">
-        <v>89</v>
+        <v>126</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>992</v>
+        <v>1029</v>
       </c>
       <c r="H326" t="s">
-        <v>993</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>853</v>
+        <v>1024</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>664</v>
+        <v>692</v>
       </c>
       <c r="D327" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E327" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F327" t="s">
-        <v>114</v>
+        <v>276</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>994</v>
+        <v>1031</v>
       </c>
       <c r="H327" t="s">
-        <v>995</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>857</v>
+        <v>1028</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>667</v>
+        <v>695</v>
       </c>
       <c r="D328" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E328" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F328" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>996</v>
+        <v>1033</v>
       </c>
       <c r="H328" t="s">
-        <v>997</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>861</v>
+        <v>1016</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>670</v>
+        <v>698</v>
       </c>
       <c r="D329" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E329" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F329" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>998</v>
+        <v>1035</v>
       </c>
       <c r="H329" t="s">
-        <v>999</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>845</v>
+        <v>1020</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>673</v>
+        <v>1037</v>
       </c>
       <c r="D330" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E330" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F330" t="s">
-        <v>114</v>
+        <v>126</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1000</v>
+        <v>1038</v>
       </c>
       <c r="H330" t="s">
-        <v>1001</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>842</v>
+        <v>1008</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>676</v>
+        <v>704</v>
       </c>
       <c r="D331" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E331" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F331" t="s">
-        <v>114</v>
+        <v>18</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1002</v>
+        <v>1040</v>
       </c>
       <c r="H331" t="s">
-        <v>1003</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>849</v>
+        <v>1012</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>679</v>
+        <v>707</v>
       </c>
       <c r="D332" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E332" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F332" t="s">
-        <v>108</v>
+        <v>67</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1004</v>
+        <v>1042</v>
       </c>
       <c r="H332" t="s">
-        <v>1005</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>836</v>
+        <v>1000</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>682</v>
+        <v>710</v>
       </c>
       <c r="D333" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E333" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F333" t="s">
-        <v>108</v>
+        <v>67</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1006</v>
+        <v>1044</v>
       </c>
       <c r="H333" t="s">
-        <v>1007</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>839</v>
+        <v>1004</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>685</v>
+        <v>713</v>
       </c>
       <c r="D334" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E334" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F334" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1008</v>
+        <v>1046</v>
       </c>
       <c r="H334" t="s">
-        <v>1009</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1010</v>
+        <v>992</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>688</v>
+        <v>716</v>
       </c>
       <c r="D335" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E335" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F335" t="s">
-        <v>114</v>
+        <v>93</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1011</v>
+        <v>1048</v>
       </c>
       <c r="H335" t="s">
-        <v>1012</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1013</v>
+        <v>996</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>691</v>
+        <v>719</v>
       </c>
       <c r="D336" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E336" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F336" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1014</v>
+        <v>1050</v>
       </c>
       <c r="H336" t="s">
-        <v>1015</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>833</v>
+        <v>911</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>694</v>
+        <v>722</v>
       </c>
       <c r="D337" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E337" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F337" t="s">
-        <v>89</v>
+        <v>126</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1016</v>
+        <v>1052</v>
       </c>
       <c r="H337" t="s">
-        <v>1017</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>830</v>
+        <v>915</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>697</v>
+        <v>725</v>
       </c>
       <c r="D338" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E338" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F338" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1018</v>
+        <v>1054</v>
       </c>
       <c r="H338" t="s">
-        <v>1019</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>827</v>
+        <v>919</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>700</v>
+        <v>728</v>
       </c>
       <c r="D339" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E339" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F339" t="s">
-        <v>89</v>
+        <v>42</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1020</v>
+        <v>1056</v>
       </c>
       <c r="H339" t="s">
-        <v>1021</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>914</v>
+        <v>903</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>703</v>
+        <v>731</v>
       </c>
       <c r="D340" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E340" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F340" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1022</v>
+        <v>1058</v>
       </c>
       <c r="H340" t="s">
-        <v>1023</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>930</v>
+        <v>900</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>706</v>
+        <v>734</v>
       </c>
       <c r="D341" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E341" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F341" t="s">
-        <v>42</v>
+        <v>126</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1024</v>
+        <v>1060</v>
       </c>
       <c r="H341" t="s">
-        <v>1025</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>926</v>
+        <v>907</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>709</v>
+        <v>737</v>
       </c>
       <c r="D342" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E342" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F342" t="s">
-        <v>37</v>
+        <v>119</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1026</v>
+        <v>1062</v>
       </c>
       <c r="H342" t="s">
-        <v>1027</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>922</v>
+        <v>894</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>712</v>
+        <v>740</v>
       </c>
       <c r="D343" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E343" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F343" t="s">
-        <v>37</v>
+        <v>119</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1028</v>
+        <v>1064</v>
       </c>
       <c r="H343" t="s">
-        <v>1029</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>918</v>
+        <v>897</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>715</v>
+        <v>743</v>
       </c>
       <c r="D344" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E344" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F344" t="s">
-        <v>37</v>
+        <v>119</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1030</v>
+        <v>1066</v>
       </c>
       <c r="H344" t="s">
-        <v>1031</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>979</v>
+        <v>1068</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="D345" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E345" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F345" t="s">
-        <v>37</v>
+        <v>126</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1032</v>
+        <v>1069</v>
       </c>
       <c r="H345" t="s">
-        <v>1033</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1034</v>
+        <v>1071</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>721</v>
+        <v>749</v>
       </c>
       <c r="D346" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E346" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F346" t="s">
-        <v>67</v>
+        <v>119</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1035</v>
+        <v>1072</v>
       </c>
       <c r="H346" t="s">
-        <v>1036</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1037</v>
+        <v>891</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>724</v>
+        <v>752</v>
       </c>
       <c r="D347" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E347" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F347" t="s">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1038</v>
+        <v>1074</v>
       </c>
       <c r="H347" t="s">
-        <v>1039</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1040</v>
+        <v>888</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>727</v>
+        <v>755</v>
       </c>
       <c r="D348" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E348" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F348" t="s">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1041</v>
+        <v>1076</v>
       </c>
       <c r="H348" t="s">
-        <v>1042</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1043</v>
+        <v>885</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>730</v>
+        <v>758</v>
       </c>
       <c r="D349" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E349" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F349" t="s">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1044</v>
+        <v>1078</v>
       </c>
       <c r="H349" t="s">
-        <v>1045</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1046</v>
+        <v>972</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>733</v>
+        <v>761</v>
       </c>
       <c r="D350" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E350" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F350" t="s">
-        <v>67</v>
+        <v>119</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1047</v>
+        <v>1080</v>
       </c>
       <c r="H350" t="s">
-        <v>1048</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1049</v>
+        <v>988</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>736</v>
+        <v>764</v>
       </c>
       <c r="D351" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E351" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F351" t="s">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1050</v>
+        <v>1082</v>
       </c>
       <c r="H351" t="s">
-        <v>1051</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1052</v>
+        <v>984</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>739</v>
+        <v>767</v>
       </c>
       <c r="D352" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E352" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F352" t="s">
-        <v>114</v>
+        <v>37</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1053</v>
+        <v>1084</v>
       </c>
       <c r="H352" t="s">
-        <v>1054</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1055</v>
+        <v>980</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>742</v>
+        <v>770</v>
       </c>
       <c r="D353" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E353" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F353" t="s">
-        <v>428</v>
+        <v>37</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1056</v>
+        <v>1086</v>
       </c>
       <c r="H353" t="s">
-        <v>1057</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1058</v>
+        <v>976</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>745</v>
+        <v>773</v>
       </c>
       <c r="D354" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E354" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F354" t="s">
-        <v>428</v>
+        <v>37</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1059</v>
+        <v>1088</v>
       </c>
       <c r="H354" t="s">
-        <v>1060</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1061</v>
+        <v>1037</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>751</v>
+        <v>776</v>
       </c>
       <c r="D355" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E355" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F355" t="s">
-        <v>428</v>
+        <v>37</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1062</v>
+        <v>1090</v>
       </c>
       <c r="H355" t="s">
-        <v>1063</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1064</v>
+        <v>1092</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>748</v>
+        <v>779</v>
       </c>
       <c r="D356" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E356" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F356" t="s">
-        <v>428</v>
+        <v>67</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1065</v>
+        <v>1093</v>
       </c>
       <c r="H356" t="s">
-        <v>1066</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1067</v>
+        <v>1095</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>755</v>
+        <v>782</v>
       </c>
       <c r="D357" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E357" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F357" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1068</v>
+        <v>1096</v>
       </c>
       <c r="H357" t="s">
-        <v>1069</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1070</v>
+        <v>1098</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>759</v>
+        <v>785</v>
       </c>
       <c r="D358" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E358" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F358" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1071</v>
+        <v>1099</v>
       </c>
       <c r="H358" t="s">
-        <v>1072</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1073</v>
+        <v>1101</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>763</v>
+        <v>788</v>
       </c>
       <c r="D359" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E359" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F359" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1074</v>
+        <v>1102</v>
       </c>
       <c r="H359" t="s">
-        <v>1075</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1076</v>
+        <v>1104</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>767</v>
+        <v>791</v>
       </c>
       <c r="D360" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E360" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F360" t="s">
-        <v>42</v>
+        <v>67</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1077</v>
+        <v>1105</v>
       </c>
       <c r="H360" t="s">
-        <v>1078</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1079</v>
+        <v>1107</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>771</v>
+        <v>794</v>
       </c>
       <c r="D361" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E361" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F361" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1080</v>
+        <v>1108</v>
       </c>
       <c r="H361" t="s">
-        <v>1081</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1082</v>
+        <v>1110</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="D362" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E362" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F362" t="s">
-        <v>42</v>
+        <v>126</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1083</v>
+        <v>1111</v>
       </c>
       <c r="H362" t="s">
-        <v>1084</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1085</v>
+        <v>1113</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>643</v>
+        <v>800</v>
       </c>
       <c r="D363" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E363" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F363" t="s">
-        <v>13</v>
+        <v>486</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1086</v>
+        <v>1114</v>
       </c>
       <c r="H363" t="s">
-        <v>1087</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1088</v>
+        <v>1116</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>873</v>
+        <v>803</v>
       </c>
       <c r="D364" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E364" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F364" t="s">
-        <v>89</v>
+        <v>486</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1089</v>
+        <v>1117</v>
       </c>
       <c r="H364" t="s">
-        <v>1090</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1091</v>
+        <v>1119</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>898</v>
+        <v>809</v>
       </c>
       <c r="D365" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="E365" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="F365" t="s">
-        <v>13</v>
+        <v>486</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1092</v>
+        <v>1120</v>
       </c>
       <c r="H365" t="s">
-        <v>1093</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>886</v>
+        <v>1122</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
+        <v>806</v>
+      </c>
+      <c r="D366" t="s">
+        <v>317</v>
+      </c>
+      <c r="E366" t="s">
+        <v>318</v>
+      </c>
+      <c r="F366" t="s">
+        <v>486</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
+        <v>813</v>
+      </c>
+      <c r="D367" t="s">
+        <v>317</v>
+      </c>
+      <c r="E367" t="s">
+        <v>318</v>
+      </c>
+      <c r="F367" t="s">
+        <v>37</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>817</v>
+      </c>
+      <c r="D368" t="s">
+        <v>317</v>
+      </c>
+      <c r="E368" t="s">
+        <v>318</v>
+      </c>
+      <c r="F368" t="s">
+        <v>37</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
+        <v>821</v>
+      </c>
+      <c r="D369" t="s">
+        <v>317</v>
+      </c>
+      <c r="E369" t="s">
+        <v>318</v>
+      </c>
+      <c r="F369" t="s">
+        <v>37</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>825</v>
+      </c>
+      <c r="D370" t="s">
+        <v>317</v>
+      </c>
+      <c r="E370" t="s">
+        <v>318</v>
+      </c>
+      <c r="F370" t="s">
+        <v>42</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>829</v>
+      </c>
+      <c r="D371" t="s">
+        <v>317</v>
+      </c>
+      <c r="E371" t="s">
+        <v>318</v>
+      </c>
+      <c r="F371" t="s">
+        <v>13</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>833</v>
+      </c>
+      <c r="D372" t="s">
+        <v>317</v>
+      </c>
+      <c r="E372" t="s">
+        <v>318</v>
+      </c>
+      <c r="F372" t="s">
+        <v>42</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="H372" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
+        <v>701</v>
+      </c>
+      <c r="D373" t="s">
+        <v>317</v>
+      </c>
+      <c r="E373" t="s">
+        <v>318</v>
+      </c>
+      <c r="F373" t="s">
+        <v>13</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>1144</v>
+      </c>
+      <c r="H373" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
+        <v>931</v>
+      </c>
+      <c r="D374" t="s">
+        <v>317</v>
+      </c>
+      <c r="E374" t="s">
+        <v>318</v>
+      </c>
+      <c r="F374" t="s">
+        <v>93</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H374" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
+        <v>956</v>
+      </c>
+      <c r="D375" t="s">
+        <v>317</v>
+      </c>
+      <c r="E375" t="s">
+        <v>318</v>
+      </c>
+      <c r="F375" t="s">
+        <v>13</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B376" t="s">
+        <v>9</v>
+      </c>
+      <c r="C376" t="s">
         <v>10</v>
       </c>
-      <c r="D366" t="s">
-[...5 lines deleted...]
-      <c r="F366" t="s">
+      <c r="D376" t="s">
+        <v>1153</v>
+      </c>
+      <c r="E376" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F376" t="s">
+        <v>119</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B377" t="s">
+        <v>9</v>
+      </c>
+      <c r="C377" t="s">
+        <v>17</v>
+      </c>
+      <c r="D377" t="s">
+        <v>1153</v>
+      </c>
+      <c r="E377" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F377" t="s">
+        <v>18</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H377" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378" t="s">
+        <v>944</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>10</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1160</v>
+      </c>
+      <c r="E378" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F378" t="s">
         <v>32</v>
       </c>
-      <c r="G366" s="1" t="s">
-[...3 lines deleted...]
-        <v>1097</v>
+      <c r="G378" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H378" t="s">
+        <v>1163</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -13800,50 +14321,62 @@
     <hyperlink ref="G342" r:id="rId341"/>
     <hyperlink ref="G343" r:id="rId342"/>
     <hyperlink ref="G344" r:id="rId343"/>
     <hyperlink ref="G345" r:id="rId344"/>
     <hyperlink ref="G346" r:id="rId345"/>
     <hyperlink ref="G347" r:id="rId346"/>
     <hyperlink ref="G348" r:id="rId347"/>
     <hyperlink ref="G349" r:id="rId348"/>
     <hyperlink ref="G350" r:id="rId349"/>
     <hyperlink ref="G351" r:id="rId350"/>
     <hyperlink ref="G352" r:id="rId351"/>
     <hyperlink ref="G353" r:id="rId352"/>
     <hyperlink ref="G354" r:id="rId353"/>
     <hyperlink ref="G355" r:id="rId354"/>
     <hyperlink ref="G356" r:id="rId355"/>
     <hyperlink ref="G357" r:id="rId356"/>
     <hyperlink ref="G358" r:id="rId357"/>
     <hyperlink ref="G359" r:id="rId358"/>
     <hyperlink ref="G360" r:id="rId359"/>
     <hyperlink ref="G361" r:id="rId360"/>
     <hyperlink ref="G362" r:id="rId361"/>
     <hyperlink ref="G363" r:id="rId362"/>
     <hyperlink ref="G364" r:id="rId363"/>
     <hyperlink ref="G365" r:id="rId364"/>
     <hyperlink ref="G366" r:id="rId365"/>
+    <hyperlink ref="G367" r:id="rId366"/>
+    <hyperlink ref="G368" r:id="rId367"/>
+    <hyperlink ref="G369" r:id="rId368"/>
+    <hyperlink ref="G370" r:id="rId369"/>
+    <hyperlink ref="G371" r:id="rId370"/>
+    <hyperlink ref="G372" r:id="rId371"/>
+    <hyperlink ref="G373" r:id="rId372"/>
+    <hyperlink ref="G374" r:id="rId373"/>
+    <hyperlink ref="G375" r:id="rId374"/>
+    <hyperlink ref="G376" r:id="rId375"/>
+    <hyperlink ref="G377" r:id="rId376"/>
+    <hyperlink ref="G378" r:id="rId377"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>